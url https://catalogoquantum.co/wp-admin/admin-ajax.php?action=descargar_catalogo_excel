--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="696">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
   <si>
     <t>Categoria</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Terminos y Condiciones</t>
   </si>
   <si>
     <t>Cobertura</t>
   </si>
   <si>
     <t>Bono</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
@@ -199,50 +199,60 @@
     <t>Bono valido solo para compras en tiendas físicas de la marca Dunkin´/Baskin de las ciudades de Ibagué y Bogotá. Los sabores de los helados de preferencia del cliente, están sujetos a disponibilidad del punto de venta, no es posible su redención en ventas a domicilio o a través de plataformas, en los puntos Dunkin´/Baskin ubicados en los almacenes ALKOSTO no se puede redimir el bono con los 13 dígitos, redención máxima al día por punto de venta 20 Unidades y por persona se realizará la entrega máxima de 5 Bonos, el bono digital o físico se debe de presentar en el punto de venta con su respectivo código numérico, no se aceptan bonos enmendados o deteriorados, la marca Dunkin’/Basking no se hace responsable de la perdida, hurto o vencimiento del bono, valido únicamente para el producto relacionado en el bono, el bono solo se puede usar una vez y está prohibida su venta o canje por efectivo, el bono no es acumulable con otras promociones o Descuentos. La vigencia de este bono es de tres meses a partir de la fecha de descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Bogotá e Ibagué</t>
   </si>
   <si>
     <t>Baskin Robbins – Cono Sencillo</t>
   </si>
   <si>
     <t>producto</t>
   </si>
   <si>
     <t>*Los precios estarán sujetos a cambios durante el primer trimestre del 2025</t>
   </si>
   <si>
     <t>Baskin Robbins – Sundae 2 Sabores</t>
   </si>
   <si>
     <t>Beer Station</t>
   </si>
   <si>
     <t>NO APLICA PARA DOMICILIO. El valor del bono corresponde al monto expresado en el mismo. No se realizarán devoluciones de dinero si su compra es por un valor menor. Si la compra supera el valor del bono, se puede pagar la diferencia utilizando otros medios de pago según lo aceptado por la marca. Verificar en punto si aplica con otras promociones o descuentos. El bono solo se puede usar una vez y está prohibida su venta o canje por efectivo. En caso de pérdida, no se reemplaza ni se puede bloquear. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. La vigencia de este bono es de un año a partir de la descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Beer Station – Bono Plata</t>
+  </si>
+  <si>
+    <t>Buffalo Wings</t>
+  </si>
+  <si>
+    <t>Este BONO REGALO es un documento al portador redimible parcial o totalmente por el valor habilitado en BUFFALO WINGS. No es negociable por dinero en efectivo. 
+Si la compra es de un valor mayor, el excedente debe ser cubierto por cualquier medio de pago. Este bono no será aceptado si presenta adulteraciones de cualquier índole, deterioro o no cumple con las características de seguridad requeridas. Tiene vigencia de 1 año desde su fecha de habilitación. BUFFALO WINGS no se hace responsable del hurto o pérdida de este BONO REGALO. De los valores utilizables mediante esta tarjeta, sólo será responsable BUFFALO WINGS; dichos valores no generan intereses ni son reembolsables en efectivo; sólo serán redimibles en bienes o servicios suministrados directamente por BUFFALO WINGS. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
+  </si>
+  <si>
+    <t>Buffalo Wings Bono Plata</t>
   </si>
   <si>
     <t>Burger King</t>
   </si>
   <si>
     <t>Válido únicamente en los restaurantes Burger King Excepto Burger King en aeropuertos y Bocagrande. NO APLICA PARA DOMICILIO. El valor del bono corresponde al monto expresado en el mismo. No se realizarán devoluciones de dinero si su compra es por un valor menor. Si la compra supera el valor del bono, se puede pagar la diferencia utilizando otros medios de pago según lo aceptado por la marca. Verificar en punto si aplica con otras promociones o descuentos. El bono solo se puede usar una vez y está prohibida su venta o canje por efectivo. En caso de pérdida, no se reemplaza ni se puede bloquear. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Burger King – Bono Plata</t>
   </si>
   <si>
     <t>* Válido en restaurantes Burger King a excepción de Burger King aeropuertos y Bocagrande</t>
   </si>
   <si>
     <t>Cabify</t>
   </si>
   <si>
     <t>Bono valido para un (1) viaje, aplica únicamente por el valor expresado en el mismo. Si el valor del viaje es menor no se entrega la diferencia entre el valor del viaje y el valor del bono. No se realizarán reembolsos si su viaje es de menor valor que el expresado en el bono. Si supera el valor del bono, se puede pagar la diferencia utilizando otros medios de pago. El bono solo se puede usar una vez y está prohibida su venta o canje por dinero en efectivo, en caso de perdida, no se reemplazará ni se podrá bloquear, terminada la fecha de vigencia, el bono perderá su efectividad y no podrá ser usado. La vigencia de este bono es de un año a partir de la descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.
 INSTRUCCIONES DE USO:
 1. Descargar la aplicación móvil en su celular (en App store o Android Market)
 2. Registrarse
 3. Acceder al menú pulsando sobre su foto de perfil
 4. Seleccionar “códigos descuento”
 5. pulsar sobre “añadir código”
 6. Introducir el código promocional
@@ -387,147 +397,184 @@
     <t>Crispetas de sal 55 gr + gaseosa 640 ml + chocolatina jet 30 gr</t>
   </si>
   <si>
     <t>Combo mini Doble Cine Colombia</t>
   </si>
   <si>
     <t>2 Gaseosas Pequeñas, 2 Crispetas Pequeñas, 2 Chocolatinas</t>
   </si>
   <si>
     <t>Combo Pizza tradicional Cine Colombia</t>
   </si>
   <si>
     <t>1 pizza tradicional + 1 gaseosa pet</t>
   </si>
   <si>
     <t>*Disponible sólo en Cinepolitanas de Multiplex Andino, Nuestro Bogotá, Centro Mayor, Titán, Santafé Bogotá, Américas, Unicentro, Centro Chía, Chipichape, Unicali, Viva Envigado.
 Cobertura: Bogotá, Cali y Envigado.</t>
   </si>
   <si>
     <t>Súper Combo Pizza tradicional</t>
   </si>
   <si>
     <t>1 pizza tradicional + Gaseosa Pet + Crispetas de sal de 100gr</t>
   </si>
   <si>
+    <t>Cinecolombia Confitería Cine para Dos</t>
+  </si>
+  <si>
+    <t>Dos perros sencillos o sanduches + dos gaseosas de 640 ml + dos crispetas de sal de 100 grs</t>
+  </si>
+  <si>
+    <t>Cinecolombia Confitería Combo 1 Doble</t>
+  </si>
+  <si>
+    <t>Crispetas de sal de 100 grs + gaseosa de 640 ml</t>
+  </si>
+  <si>
     <t>Cineland</t>
   </si>
   <si>
     <t>Entrada a cine sencilla 3D</t>
   </si>
   <si>
     <t>Entrada a cine doble 3D</t>
   </si>
   <si>
     <t>Cinelad Confitería Combo 1</t>
   </si>
   <si>
     <t>Crispeta pequeña (85 gr), Gaseosa pequeña (16 oz</t>
   </si>
   <si>
     <t>Los Combos Quantum estarán disponibles en Cineland desde su lanzamiento y durante el tiempo que dure la alianza o hasta agotar existencias. Cineland se reserva el derecho de modificar, suspender o cancelar esta promoción sin previo aviso. Los combos únicamente podrán adquirirse en las dulcerías de los teatros Cineland participantes. La promoción aplica exclusivamente para consumo dentro del cine. Los productos están sujetos a disponibilidad en cada punto de venta. Las imágenes publicitarias son de referencia y pueden variar respecto al producto real. La promoción no es acumulable con otras ofertas, descuentos, promociones o cortesías vigentes. No aplica para compras corporativas, preventas especiales ni eventos privados. Los combos no son transferibles ni canjeables por dinero en efectivo. Cineland no se hace responsable por la pérdida de productos una vez entregados en el punto de venta. La compra del combo implica la aceptación plena de estos Términos y Condiciones. En caso de pérdida, no se reemplaza ni se puede bloquear. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Cineland Combo Infantil</t>
   </si>
   <si>
     <t>Crispeta pequeña (85 gr), Gaseosa pequeña (16 oz), Chocolatina</t>
   </si>
   <si>
     <t>Cineland Confiteria Cine</t>
   </si>
   <si>
     <t>(1) perro caliente + (1) Gaseosa 16 onzas +(1) crispeta de 85</t>
   </si>
   <si>
+    <t>Cineland Confitería Cine para Dos</t>
+  </si>
+  <si>
+    <t>Dos (2) perros calientes + dos (2) Gaseosas 16 onzas + dos (2) crispetas de 85 gr</t>
+  </si>
+  <si>
+    <t>Cineland Confitería Combo 1 Doble</t>
+  </si>
+  <si>
+    <t>Crispetas pequeñas (85 gr), Gaseosas pequeñas (16 oz)</t>
+  </si>
+  <si>
     <t>Cinelandia</t>
   </si>
   <si>
     <t>Cinemark</t>
   </si>
   <si>
     <t>Cinemark Confiteria Combo 1</t>
   </si>
   <si>
-    <t>Crispetas Pequeña Bolsa 100 Gr + Gaseosa 532ml</t>
-[...2 lines deleted...]
-    <t>Presenta el código en la Confitería del teatro desde tu móvil. Válido para redimir 1 crispeta de sal 100gramos + 1 gaseosa 22 onzas. Este Bono No es para redimir por otros productos de la confitería, únicamente lo detallado en el bono. El cliente puede elegir la bebida entre agua, jugo del valle fresh o gaseosa 532 ml. Bono válido únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co o al 018000113104.</t>
+    <t>1 GASEOSA MEDIANA DE 534 ML + 1 CRISPETA PEQUEÑA DE 100 G</t>
+  </si>
+  <si>
+    <t>Presenta el código en la Confitería del teatro desde tu móvil. Válido para redimir 1 GASEOSA MEDIANA DE 534 ML + 1 CRISPETA PEQUEÑA DE 100 G . Este Bono No es para redimir por otros productos de la confitería, únicamente lo detallado en el bono. El cliente puede elegir la bebida entre agua, jugo del valle fresh o gaseosa 532 ml. Bono válido únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co o al 018000113104.</t>
   </si>
   <si>
     <t>Cinemark Confiteria Combo 3</t>
   </si>
   <si>
-    <t>Crispetas Pequeña Bolsa 100 Gr + Gaseosa 16onz + Perro Caliente</t>
-[...2 lines deleted...]
-    <t>Presenta el código en la Confitería desde tu móvil. Válido para redimir 1 crispeta de sal 100gramos + 1 gaseosa 16 onzas + 1 perro caliente. Este Bono No es para redimir por otros productos de la confitería, únicamente lo detallado en el bono. El cliente puede elegir la bebida entre agua, jugo del valle fresh o gaseosa 384 ml. Bono válido únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co o al 018000113104.</t>
+    <t>Crispetas Pequeña Bolsa 100 Gr + Gaseosa Mediana 384 ML + Perro Caliente</t>
+  </si>
+  <si>
+    <t>Presenta el código en la Confitería desde tu móvil. Válido para redimir 1 gaseosa mediana de 534 ml + 1 Crispeta pequeña de 100 g + 1 perro caliente. Este Bono No es para redimir por otros productos de la confitería, únicamente lo detallado en el bono. El cliente puede elegir la bebida entre agua, jugo del valle fresh o gaseosa 534 ml. Bono válido únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co.
+ </t>
   </si>
   <si>
     <t>Entrada a Cine Doble 2D Cinemark</t>
   </si>
   <si>
     <t>Entrada a cine doble 3D Cinemark</t>
   </si>
   <si>
     <t>Entrada a cine sencilla 3D Cinemark</t>
   </si>
   <si>
     <t>Entrada a Cine Sencilla 2D Cinemark</t>
   </si>
   <si>
     <t>Cinemark Confiteria Combo Infantil</t>
   </si>
   <si>
-    <t>Crispeta caja infantil + Gaseosa 16 onz + Chocolatina Jet 11 gr</t>
-[...2 lines deleted...]
-    <t>Presenta el código en la Confitería desde tu móvil. Válido para redimir 1 crispeta de sal caja infantil + 1 gaseosa 16 onzas + 1 chocolatina jer 11gr. Este Bono No es para redimir por otros productos de la confitería, únicamente lo detallado en el bono. El cliente puede elegir la bebida entre agua, jugo del valle fresh o gaseosa 384 ml. Bono válido únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co o al 018000113104.</t>
+    <t>1 GASEOSA PEQUEÑA DE 384 ML + CAJA INFANTIL DE CRISPETAS + 1 CHOCOLATINA JET 11 G</t>
+  </si>
+  <si>
+    <t>Presenta el código en la Confitería desde tu móvil. Válido para redimir 1 GASEOSA PEQUEÑA DE 384 ML + CAJA INFANTIL DE CRISPETAS + 1 CHOCOLATINA JET 11 G. Este Bono No es para redimir por otros productos de la confitería, únicamente lo detallado en el bono. El cliente puede elegir la bebida entre agua, jugo del valle fresh o gaseosa 384 ml. Bono válido únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co o al 018000113104.</t>
   </si>
   <si>
     <t>Cinemark Confiteria Combo Infantil Doble</t>
   </si>
   <si>
     <t>Dos (2) cajas infantil + dos (2) Gaseosas 16 onz + dos (2) Chocolatinas Jet 11 gr</t>
   </si>
   <si>
     <t>Presenta el código en la Confitería desde tu móvil. Válido para redimir 2 crispetas de sal caja infantil + 2 gaseosas 16 onzas + 2 chocolatinas jer 11gr. Este Bono No es para redimir por otros productos de la confitería, únicamente lo detallado en el bono. El cliente puede elegir la bebida entre agua, jugo del valle fresh o gaseosa 384 ml. Bono válido únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co.</t>
   </si>
   <si>
     <t>Entrada a Cine Premier Doble Cinemark</t>
   </si>
   <si>
     <t>Puedes redimir el cinebono en la página web o app de Cinemark Colombia cualquier día de la semana, digita el código alfanumérico que está junto al QR de tu cinebono. Puedes redimir hasta 10 cinebonos. Verifica que el formato de la película corresponda al cinebono que vas a ingresar. Este Cinebono No aplica para redención en sillas DBOX. El cinebono es válido para redención en formato 2D, 3D, XD y PREMIER. Sujeto a la disponibilidad de horarios y ubicaciones de acuerdo con la Programación de cartelera en cada teatro de Cinemark en el país. Boleta válida únicamente en los teatros Cinemark en Colombia. No es acumulable con otras promociones y/o descuentos. Prohibida su venta o canje por dinero. Fecha de expiración detallada en el bono. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Entrada a Cine Premier sencilla Cinemark</t>
   </si>
   <si>
     <t>Cinemark Confitería Combo 3 Doble</t>
   </si>
   <si>
+    <t>1 GASEOSA MEDIANA DE 384 ML + 1 CRISPETA PEQUEÑA DE 100 G + 1 PERRO CALIENTE</t>
+  </si>
+  <si>
     <t>Cinemark Confitería Combo 2</t>
+  </si>
+  <si>
+    <t>1 GASEOSA PEQUEÑA DE 384 ML + 1 PERRO CALIENTE</t>
+  </si>
+  <si>
+    <t>Cinemark Confitería Combo 1 Doble</t>
+  </si>
+  <si>
+    <t>2 Crispetas Pequeñas Bolsa 100 Gr + 2 Gaseosas 532ml</t>
   </si>
   <si>
     <t>Cinepolis</t>
   </si>
   <si>
     <t>Entrada a Cine VIP Cinepolis Doble</t>
   </si>
   <si>
     <t>Entrada VIP Doble</t>
   </si>
   <si>
     <t>Cada código está cargado para redimir por una (1) entrada a cine en salas Cinépolis VIP, ubicación en silla general, películas en formato 2D, válido todos los días. Es necesario presentar el código de manera digital en las taquillas del cine. Prohibida la re venta o reproducción del código. No válido ni acumulable con otras promociones, convenios o programas vigentes. No aplica para reservaciones, compras vía página web ni taquillas automáticas. No aplica sobre precios con Tarjeta Club Cinépolis. No aplica acumulación de puntos con Tarjeta Club Cinépolis. No aplica en salas Cinépolis tradicional, Cinépolis IMAX, Macro XE, Cinépolis 4DX, Sala Junior ni otros formatos no especificados. No aplica para premieres, eventos especiales, funciones de contenido alternativo ni preventas. Sujeto a disponibilidad de cupo en salas por cortesías y clasificación de películas. Código válido para redimir en las fechas indicadas. El código es válido para uso una sola vez. No canjeable por dinero en efectivo ni por otro producto. No válido como medio de pago para compra de otros productos. Cinépolis no se hace responsable en caso que el código haya sido compartido y usado por otra persona. Válido al portador. En caso de pérdida o robo, Cinépolis no se hace responsable de la reposición. Válido únicamente en Cinépolis Colombia. Cinépolis VIP: Bogotá: Cinépolis plaza Claro VIP, Cali: Cinépolis Limonar VIP, Chía: Cinépolis Fontanar VIP, Barranquilla: Cinépolis Mallplaza VIP. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532</t>
   </si>
   <si>
     <t>Cinepolis Combo Infantil</t>
   </si>
   <si>
     <t>1 Gaseosa pequeña 16 Oz + 1 Crispeta 46 Oz Mantequilla + 1 chocolatina jet</t>
   </si>
   <si>
     <t>Código válido para redimir en Dulcerías Cinépolis tradicional. Incluye, 1 Gaseosa pequeña 16 Oz + 1 Crispeta 46 Oz Mantequilla + 1 chocolatina jet, No aplica cambio de receta, componentes, agrandados, ni crispetas de caramelo, no aplican cambios en confitería con pagos adicionales. No válido ni acumulable con otras promociones, convenios o programas vigentes. No aplica sobre precios con Tarjeta Club Cinépolis. No aplica acumulación de puntos con Tarjeta Club Cinépolis. No aplica en confiterias Cinépolis VIP, cofee tree. Código válido para redimir en las fechas indicadas. El código es válido para uso una sola vez. No canjeable por dinero en efectivo ni por otro producto. No válido como medio de pago para compra de otros productos. Cinépolis no se hace responsable en caso que el código haya sido compartido y usado por otra persona. Válido al portador. En caso de pérdida o robo, Cinépolis no se hace responsable de la reposición. Válido únicamente en Cinépolis Colombia. Salas Tradicionales: Barrancabermeja: Cinépolis San Silvestre; Bogotá: Cinépolis Hayuelos, Cinépolis Diverplaza, Cinépolis Mallplaza NQS; Cali: Cinépolis Limonar; Chía: Cinépolis Fontanar; Envigado: Cinépolis City Plaza; Manizales: Cinépolis Mallplaza; Valledupar: Cinépolis Megamall. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Cinepolis Combo Infantil Doble</t>
   </si>
@@ -585,50 +632,65 @@
   </si>
   <si>
     <t>Entrada a Cine sencilla VIP Cinepolis</t>
   </si>
   <si>
     <t>Entrada Sencilla VIP</t>
   </si>
   <si>
     <t>Entrada a Cine sencilla junior 2D Cinepolis</t>
   </si>
   <si>
     <t>Entrada Sencilla Junior 2D</t>
   </si>
   <si>
     <t>Cada código está cargado para redimir por una (1) entrada a cine en salas Junior, ubicación en butaca individual, películas en formato 2D, válido todos los días. Es necesario presentar el código de manera digital en las taquillas del cine. Prohibida la re venta o reproducción del código. No válido ni acumulable con otras promociones, convenios o programas vigentes. No aplica para reservaciones, compras vía página web ni taquillas automáticas. No aplica sobre precios con Tarjeta Club Cinépolis. No aplica acumulación de puntos con Tarjeta Club Cinépolis. No aplica en salas IMAX, Macro XE, Cinépolis 4DX, ni otros formatos no especificados. No aplica para premieres, eventos especiales, funciones de contenido alternativo ni preventas. Sujeto a disponibilidad de cupo en salas por cortesías y clasificación de películas. Código válido para redimir en las fechas indicadas. El código es válido para uso una sola vez. No canjeable por dinero en efectivo ni por otro producto. No válido como medio de pago para compra de otros productos. Cinépolis no se hace responsable en caso que el código haya sido compartido y usado por otra persona. Válido al portador. En caso de pérdida o robo, Cinépolis no se hace responsable de la reposición. Válido únicamente en Cinépolis Colombia. Cinépolis Sala JUNIOR: Bogotá: Cinépolis plaza Claro VIP, Cinépolis Hayuelos, Cali: Cinépolis Limonar VIP. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532</t>
   </si>
   <si>
     <t>Entrada a Cine junior 2D Cinepolis Doble</t>
   </si>
   <si>
     <t>Entrada Junior 2D Doble</t>
   </si>
   <si>
     <t>Cada código está cargado para redimir por una (1) entrada a cine en salas Junior, ubicación en butaca individual, películas en formato 2D, válido todos los días. Es necesario presentar el código de manera digital en las taquillas del cine. Prohibida la re venta o reproducción del código. No válido ni acumulable con otras promociones, convenios o programas vigentes. No aplica para reservaciones, compras vía página web ni taquillas automáticas. No aplica sobre precios con Tarjeta Club Cinépolis. No aplica acumulación de puntos con Tarjeta Club Cinépolis. No aplica en salas IMAX, Macro XE, Cinépolis 4DX, ni otros formatos no especificados. No aplica para premieres, eventos especiales, funciones de contenido alternativo ni preventas. Sujeto a disponibilidad de cupo en salas por cortesías y clasificación de películas. Código válido para redimir en las fechas indicadas. El código es válido para uso una sola vez. No canjeable por dinero en efectivo ni por otro producto. No válido como medio de pago para compra de otros productos. Cinépolis no se hace responsable en caso que el código haya sido compartido y usado por otra persona. Válido al portador. En caso de pérdida o robo, Cinépolis no se hace responsable de la reposición. Válido únicamente en Cinépolis Colombia.
 Cinépolis Sala JUNIOR: Bogotá: Cinépolis plaza Claro VIP, Cinépolis Hayuelos, Cali: Cinépolis Limonar VIP. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532</t>
+  </si>
+  <si>
+    <t>Cineprox</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Doble 2D Cineprox</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Doble 3D Cineprox</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Sencilla 2D Cineprox</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Sencilla 3D Cineprox</t>
   </si>
   <si>
     <t>Comercial Papelera</t>
   </si>
   <si>
     <t>Bono válido únicamente para compras en tiendas físicas. El valor del bono corresponde al monto expresado en el mismo. Verificar en tienda si aplica con otras promociones o descuentos. No se realizarán reembolsos si se adquiere un producto de menor valor. Si la compra supera el valor del bono, se puede pagar la diferencia utilizando otros medios de pago. El bono solo se puede usar una vez y está prohibida su venta o canje por dinero en efectivo. En caso de pérdida, no se reemplazará ni se podrá bloquear. Terminada la fecha de vigencia, el bono perderá su efectividad y no podrá ser usado. La vigencia de este bono es de un año a partir de la descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Comercial Papelera – Bono Plata</t>
   </si>
   <si>
     <t>Multiplos de 50</t>
   </si>
   <si>
     <t>Cookie Jaar</t>
   </si>
   <si>
     <t>Las tarjetas de regalo pueden ser virtuales o físicas. Las tarjetas de regalo son una forma de pago redimible en todas las heladerías físicas Popsy® y Galleterías The Cookie Jaar® del país. No aplica para Franquicias como: Aguachica, Arauca, Barranca, Cerritos, Ipiales, Jamundí, Maicao, Puerto Colombia, Quibdó, Sabana Larga, San Andres Bogotá, San Gil, Sopo, Yumbo, Zipaquirá, la estrella, Los Patios Bucaramanga. La tarjeta de regalo aplica para compra de cualquier producto vendido en las heladerías. Para redimir la tarjeta de regalo virtual o física, es indispensable mencionar la intención de pago con la tarjeta de regalo y presentar el código impreso y/o en su dispositivo digital en caja. La tarjeta de regalo es un documento al portador, la cual es habilitada por Comercial Allan S.A.S. Las denominaciones de las tarjetas de regalo son de un monto mínimo de $1.000 para las virtuales y $10.000 para las físicas; y de ahí en adelante el monto es de libre elección. El portador de la tarjeta regalo virtual podrá usarla para la compra de cualquier producto de Helados Popsy y The Cookie Jaar. La tarjeta de regalo puede ser utilizada de manera parcial y en varias compras, dependiendo del monto disponible. Para las tarjetas físicas, el monto mínimo de compra total, incluyendo descuentos y/o promociones debe ser de $5.000. Si la compra es de mayor valor al indicado en la tarjeta de regalo, el portador de la tarjeta de regalo debe cubrir el excedente con cualquier otro medio de pago. El valor utilizable mediante la tarjeta de regalo no es reembolsable por dinero en efectivo, ni tampoco genera intereses. El plazo de vigencia para la redención del saldo contenido en las tarjetas de regalo es de un año calendario, que inicia a partir del momento de su activación. Cumplido el plazo el código quedará inhabilitado. La tarjeta de regalo no será aceptada si presenta adulteraciones de cualquier índole o no cumple con las características de seguridad requeridas. Las tarjetas de regalo no podrán ser recargadas. Helados Popsy® no se hace responsable por el hurto o pérdida de las tarjetas de regalo virtual. En caso de PQR’s escribanos al correo sugerencia@heladospopsy.com. La vigencia de este bono es de un año a partir de la descarga. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co.</t>
   </si>
   <si>
     <t>Cookie Jaar Galleta Mediana</t>
   </si>
   <si>
     <t>Cookie Jaar Galleta Mediana con Helado</t>
   </si>
@@ -1593,50 +1655,80 @@
   <si>
     <t>(1) litro de Helado</t>
   </si>
   <si>
     <t>Popsy Sundae de una bola</t>
   </si>
   <si>
     <t>Una bola de helado + salsa + chantilly</t>
   </si>
   <si>
     <t>Popsy Maxi Cono</t>
   </si>
   <si>
     <t>Popsy – Bono Plata</t>
   </si>
   <si>
     <t>Primax</t>
   </si>
   <si>
     <t>Primax – Bono Plata</t>
   </si>
   <si>
     <t>Procinal</t>
   </si>
   <si>
+    <t>Entrada a Cine Sencilla 2D Procinal Bogotá</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Doble 2D Procinal Bogotá</t>
+  </si>
+  <si>
+    <t>Procinal Bogotá Confitería Combo 1 Doble</t>
+  </si>
+  <si>
+    <t>1 Crispeta Pequeña + 1 Gaseosa Pequeña</t>
+  </si>
+  <si>
+    <t>Procinal Bogotá Confiteria Combo 1</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Doble Premium Procinal</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Doble Procinal 3D</t>
+  </si>
+  <si>
+    <t>Esta boleta es válida en todos los teatros Cinemas Procinal a nivel nacional, para los formatos indicados, bajo las siguientes condiciones: La boleta es redimible por una (1) entrada para función en formato 2D, 3D, IMAX o IMAX 3D, según disponibilidad del teatro y la programación vigente. La boleta debe presentarse en taquilla del teatro para su validación. Válida de lunes a domingo, en cualquier horario y función disponible. Sujeto a disponibilidad de sillas y programación en el complejo donde se realice la redención. No acumulable con otras promociones, descuentos, preventas especiales o cortesías. No válida para eventos privados, premieres, funciones especiales o proyecciones alternativas (óperas, conciertos, etc.). Una vez validada en taquilla, se considera usada y no podrá ser reembolsada, reimpresa ni reutilizada. La boleta es personal e intransferible. No se puede canjear por dinero en efectivo ni cambiar por otro tipo de producto o formato diferente. El valor de la boleta no incluye las gafas 3D. El usuario debe adquirir las gafas directamente en taquilla por un costo adicional. El formato IMAX está disponible únicamente en Procinal Plaza de las Américas – Bogotá. Para funciones IMAX 3D, Procinal presta las gafas sin costo adicional. Las gafas deben ser devueltas al finalizar la función. La boleta debe estar legible, en buen estado y sin alteraciones. Boletas adulteradas, duplicadas o deterioradas no serán aceptadas. Cinemas Procinal se reserva el derecho de verificar autenticidad en el punto de redención. Al usar la boleta, el portador acepta en su totalidad estos términos y condiciones. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Sencilla 3D Procinal Bogotá</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Sencilla Premium</t>
+  </si>
+  <si>
     <t>Punto Blanco</t>
   </si>
   <si>
     <t>Punto Blanco – Bono Plata</t>
   </si>
   <si>
     <t>Puntos Colombia</t>
   </si>
   <si>
     <t>https://www.puntoscolombia.com</t>
   </si>
   <si>
     <t>Puntos Colombia – Bono Plata</t>
   </si>
   <si>
     <t>Puntos Saludables</t>
   </si>
   <si>
     <t>https://www.puntossaludables.com/</t>
   </si>
   <si>
     <t>Puntos Saludables – Bono Plata</t>
   </si>
   <si>
     <t>Múltiplos de 5</t>
@@ -1732,50 +1824,62 @@
     <t>Royal Films Entrada premium</t>
   </si>
   <si>
     <t>Bonos VIP / 4DX - 2D</t>
   </si>
   <si>
     <t>Prohibida su venta o canje por dinero – Sólo se aceptarán boletas originales. No acumulable con otras promociones o descuentos. No aplica para reserva en el teatro. Se asistirá a la función en la sala seleccionada la cual estará sujeta a disponibilidad. Válido todos los días · La pérdida de este BONO no tendrá reemplazo. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co, WhatsApp 322782 85 32.</t>
   </si>
   <si>
     <t>Royal Films Confitería Infantil Doble</t>
   </si>
   <si>
     <t>Dos (2) Gaseosas Pequeñas (16onz) + dos (2) Cajas de Crispetas pequeñas (40gr) + dos (2) Chocolatinas Jet pequeñas</t>
   </si>
   <si>
     <t>BONO Válido únicamente por el combo que aparece en el bono, Dos Gaseosas Pequeñas de 16onz + dos Cajas de Crispetas pequeñas de 40gr + dos Chocolatinas Jet pequeñas. El bono solo se puede usar una vez y está prohibida su venta o canje por efectivo. En caso de pérdida, no se reemplaza ni se puede bloquear. No acumulable con otras promociones o descuentos. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Royal Films Entrada Premium Doble</t>
   </si>
   <si>
     <t>Bonos dobles VIP / 4DX - 2D</t>
   </si>
   <si>
     <t>Royal films Confitería Combo 4</t>
+  </si>
+  <si>
+    <t>Royal films Confitería Cine para Dos</t>
+  </si>
+  <si>
+    <t>Dos (2) Gaseosas Medianas (22oz) + dos (2) Cajas de Crispetas Medianas (110gr) + dos (2) Perros Calientes</t>
+  </si>
+  <si>
+    <t>Royal films Confitería Combo 1 Doble</t>
+  </si>
+  <si>
+    <t>Dos (2) Gaseosas Pequeña (16onz) + dos (2) Cajas de Crispetas pequeña (40gr)</t>
   </si>
   <si>
     <t>Sandwich Qbano</t>
   </si>
   <si>
     <t>Sandwich Qbano especial</t>
   </si>
   <si>
     <t>Sandwich Qbano especial personal</t>
   </si>
   <si>
     <t>Los precios estarán sujetos a cambios durante el primer trimestre del 2024</t>
   </si>
   <si>
     <t>Sandwich Qbano especial Combo</t>
   </si>
   <si>
     <t>Sandwich Qbano especial en combo personal</t>
   </si>
   <si>
     <t>Sandwich Qbano super especial</t>
   </si>
   <si>
     <t>Sandwich Qbano super especial personal</t>
   </si>
@@ -2530,54 +2634,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I286"/>
+  <dimension ref="A1:I300"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I286" sqref="I286"/>
+      <selection activeCell="I300" sqref="I300"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="3"/>
     <col min="4" max="4" width="30" customWidth="true" style="3"/>
     <col min="5" max="5" width="30" customWidth="true" style="3"/>
     <col min="6" max="6" width="15" customWidth="true" style="3"/>
     <col min="7" max="7" width="15" customWidth="true" style="3"/>
     <col min="8" max="8" width="50" customWidth="true" style="3"/>
     <col min="9" max="9" width="50" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
@@ -2856,6907 +2960,7237 @@
       <c r="D11" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>37</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="3"/>
       <c r="E12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="3"/>
-      <c r="I12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C13" s="3" t="s">
+      <c r="D13" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="D13" s="3" t="s">
+      <c r="F13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="E13" s="3" t="s">
-[...11 lines deleted...]
-      <c r="I13" s="3"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C14" s="3" t="s">
+      <c r="E14" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D14" s="3" t="s">
+      <c r="F14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H14" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="E14" s="3" t="s">
-[...8 lines deleted...]
-      <c r="H14" s="3"/>
       <c r="I14" s="3"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C15" s="3" t="s">
+      <c r="D15" s="3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" t="s">
         <v>78</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="C16" s="3" t="s">
+      <c r="D16" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="D16" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H16" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C17" s="3" t="s">
+      <c r="F17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D17" s="3" t="s">
+      <c r="I17" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="E17" s="3" t="s">
-[...9 lines deleted...]
-      <c r="I17" s="3"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="C18" s="3" t="s">
+      <c r="D18" s="3" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H18" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H18" s="3"/>
+      <c r="I18" s="3"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="B19" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="C19" s="3" t="s">
+      <c r="D19" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="D19" s="3"/>
-      <c r="E19" s="3" t="s">
+      <c r="F19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I19" s="3" t="s">
         <v>94</v>
-      </c>
-[...8 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" s="3"/>
+      <c r="I20" s="3" t="s">
         <v>98</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B21" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G21" s="3">
-        <v>25000</v>
+        <v>12500</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B22" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G22" s="3">
-        <v>18000</v>
+        <v>25000</v>
       </c>
       <c r="H22" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I22" s="3" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B23" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G23" s="3">
-        <v>36000</v>
+        <v>18000</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>105</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G24" s="3">
+        <v>36000</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="I24" s="3" t="s">
         <v>106</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B25" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G25" s="3">
-        <v>13600</v>
+        <v>27000</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B26" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G26" s="3">
-        <v>13700</v>
+        <v>13600</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>112</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B27" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G27" s="3">
+        <v>13700</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="I27" s="3" t="s">
         <v>113</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B28" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G28" s="3">
-        <v>20900</v>
+        <v>27400</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B29" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3" t="s">
         <v>118</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G29" s="3">
-        <v>26900</v>
+        <v>20900</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>119</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B30" t="s">
+        <v>100</v>
+      </c>
+      <c r="C30" s="3"/>
+      <c r="D30" s="3"/>
+      <c r="E30" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G30" s="3">
+        <v>26900</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="I30" s="3" t="s">
         <v>120</v>
-      </c>
-[...17 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B31" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G31" s="3">
-        <v>25000</v>
+        <v>54000</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="I31" s="3"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B32" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
       <c r="E32" s="3" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G32" s="3">
-        <v>18000</v>
+        <v>27200</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="I32" s="3"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B33" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C33" s="3"/>
-      <c r="D33" s="3"/>
+      <c r="D33" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E33" s="3" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G33" s="3">
-        <v>36000</v>
+        <v>12500</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B34" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G34" s="3">
-        <v>13600</v>
+        <v>25000</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>124</v>
+        <v>103</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B35" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G35" s="3">
-        <v>13700</v>
+        <v>18000</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B36" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G36" s="3">
-        <v>27000</v>
+        <v>36000</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>129</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B37" t="s">
+        <v>127</v>
+      </c>
+      <c r="C37" s="3"/>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="C37" s="3"/>
-[...5 lines deleted...]
-      </c>
       <c r="F37" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G37" s="3">
-        <v>12500</v>
+        <v>13600</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G38" s="3">
-        <v>25000</v>
+        <v>13700</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B39" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G39" s="3">
-        <v>18000</v>
+        <v>27000</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>57</v>
+        <v>132</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B40" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G40" s="3">
-        <v>36000</v>
+        <v>54000</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="I40" s="3"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B41" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C41" s="3"/>
-      <c r="D41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D41" s="3"/>
       <c r="E41" s="3" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G41" s="3">
-        <v>13600</v>
+        <v>27200</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="I41" s="3"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B42" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="C42" s="3"/>
-      <c r="D42" s="3"/>
+      <c r="D42" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E42" s="3" t="s">
-        <v>135</v>
+        <v>101</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G42" s="3">
-        <v>27000</v>
+        <v>12500</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>137</v>
+        <v>57</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B43" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G43" s="3">
         <v>25000</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B44" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G44" s="3">
-        <v>36000</v>
+        <v>18000</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B45" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G45" s="3">
-        <v>18000</v>
+        <v>36000</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B46" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C46" s="3"/>
-      <c r="D46" s="3"/>
+      <c r="D46" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E46" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G46" s="3">
-        <v>12500</v>
+        <v>13600</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>98</v>
+        <v>144</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>57</v>
+        <v>145</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3"/>
       <c r="E47" s="3" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G47" s="3">
-        <v>13700</v>
+        <v>27000</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G48" s="3">
-        <v>27400</v>
+        <v>25000</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>146</v>
+        <v>103</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>147</v>
+        <v>57</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B49" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G49" s="3">
-        <v>42000</v>
+        <v>36000</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B50" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G50" s="3">
-        <v>21000</v>
+        <v>18000</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>150</v>
+        <v>128</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>149</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B51" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G51" s="3">
-        <v>54000</v>
-[...2 lines deleted...]
-      <c r="I51" s="3"/>
+        <v>12500</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3"/>
       <c r="E52" s="3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G52" s="3">
-        <v>16300</v>
-[...2 lines deleted...]
-      <c r="I52" s="3"/>
+        <v>13700</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>155</v>
+      </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B53" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C53" s="3"/>
-      <c r="D53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D53" s="3"/>
       <c r="E53" s="3" t="s">
-        <v>98</v>
+        <v>156</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G53" s="3">
-        <v>12500</v>
+        <v>27400</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>98</v>
+        <v>157</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>57</v>
+        <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3"/>
       <c r="E54" s="3" t="s">
-        <v>100</v>
+        <v>159</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G54" s="3">
-        <v>25000</v>
+        <v>42000</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>100</v>
+        <v>159</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G55" s="3">
-        <v>18000</v>
+        <v>21000</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3"/>
       <c r="E56" s="3" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G56" s="3">
-        <v>36000</v>
+        <v>54000</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="I56" s="3"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G57" s="3">
-        <v>46400</v>
+        <v>16300</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>155</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="I57" s="3"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G58" s="3">
-        <v>18500</v>
+        <v>27200</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="I58" s="3"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B59" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C59" s="3"/>
-      <c r="D59" s="3"/>
+      <c r="D59" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E59" s="3" t="s">
-        <v>160</v>
+        <v>101</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G59" s="3">
-        <v>37000</v>
+        <v>12500</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>161</v>
+        <v>101</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B60" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3"/>
       <c r="E60" s="3" t="s">
-        <v>162</v>
+        <v>103</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G60" s="3">
-        <v>27200</v>
+        <v>25000</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>163</v>
+        <v>103</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>164</v>
+        <v>57</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B61" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3" t="s">
-        <v>165</v>
+        <v>128</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G61" s="3">
-        <v>27000</v>
+        <v>18000</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>166</v>
+        <v>128</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>167</v>
+        <v>57</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3"/>
       <c r="E62" s="3" t="s">
-        <v>168</v>
+        <v>129</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G62" s="3">
-        <v>54000</v>
+        <v>36000</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>167</v>
+        <v>57</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B63" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G63" s="3">
+        <v>46400</v>
+      </c>
+      <c r="H63" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H63" s="3" t="s">
+      <c r="I63" s="3" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B64" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
       <c r="E64" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G64" s="3">
+        <v>18500</v>
+      </c>
+      <c r="H64" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H64" s="3" t="s">
+      <c r="I64" s="3" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B65" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G65" s="3">
+        <v>37000</v>
+      </c>
+      <c r="H65" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I65" s="3" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B66" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G66" s="3">
+        <v>27200</v>
+      </c>
+      <c r="H66" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H66" s="3" t="s">
+      <c r="I66" s="3" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B67" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G67" s="3">
-        <v>14100</v>
+        <v>27000</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>181</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B68" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3" t="s">
         <v>183</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G68" s="3">
-        <v>28200</v>
+        <v>54000</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>184</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>47</v>
+        <v>99</v>
       </c>
       <c r="B69" t="s">
+        <v>168</v>
+      </c>
+      <c r="C69" s="3"/>
+      <c r="D69" s="3"/>
+      <c r="E69" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G69" s="3">
+        <v>13600</v>
+      </c>
+      <c r="H69" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="C69" s="3" t="s">
+      <c r="I69" s="3" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B70" t="s">
+        <v>168</v>
+      </c>
+      <c r="C70" s="3"/>
+      <c r="D70" s="3"/>
+      <c r="E70" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G70" s="3">
+        <v>23500</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="I70" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="C70" s="3" t="s">
-[...15 lines deleted...]
-      <c r="I70" s="3"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B71" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G71" s="3">
-        <v>11500</v>
-[...2 lines deleted...]
-      <c r="I71" s="3"/>
+        <v>47000</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>190</v>
+      </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B72" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G72" s="3">
+        <v>23200</v>
+      </c>
+      <c r="H72" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...6 lines deleted...]
-      <c r="I72" s="3"/>
+      <c r="I72" s="3" t="s">
+        <v>171</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B73" t="s">
+        <v>168</v>
+      </c>
+      <c r="C73" s="3"/>
+      <c r="D73" s="3"/>
+      <c r="E73" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="C73" s="3" t="s">
+      <c r="F73" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G73" s="3">
+        <v>14100</v>
+      </c>
+      <c r="H73" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="D73" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="I73" s="3" t="s">
         <v>197</v>
-      </c>
-[...8 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="B74" t="s">
+        <v>168</v>
+      </c>
+      <c r="C74" s="3"/>
+      <c r="D74" s="3"/>
+      <c r="E74" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G74" s="3">
+        <v>28200</v>
+      </c>
+      <c r="H74" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="C74" s="3" t="s">
+      <c r="I74" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="D74" s="3" t="s">
-[...14 lines deleted...]
-      <c r="I74" s="3"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="B75" t="s">
-        <v>204</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="C75" s="3"/>
+      <c r="D75" s="3"/>
       <c r="E75" s="3" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
-[...7 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G75" s="3">
+        <v>25000</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I75" s="3"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="B76" t="s">
-        <v>208</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="C76" s="3"/>
+      <c r="D76" s="3"/>
       <c r="E76" s="3" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H76" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G76" s="3">
+        <v>36000</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>129</v>
+      </c>
       <c r="I76" s="3" t="s">
-        <v>212</v>
+        <v>57</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>213</v>
+        <v>99</v>
       </c>
       <c r="B77" t="s">
-        <v>214</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="C77" s="3"/>
+      <c r="D77" s="3"/>
       <c r="E77" s="3" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
-[...7 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G77" s="3">
+        <v>12500</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I77" s="3"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>218</v>
+        <v>99</v>
       </c>
       <c r="B78" t="s">
-        <v>219</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="C78" s="3"/>
+      <c r="D78" s="3"/>
       <c r="E78" s="3" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H78" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G78" s="3">
+        <v>18000</v>
+      </c>
+      <c r="H78" s="3" t="s">
+        <v>128</v>
+      </c>
       <c r="I78" s="3" t="s">
-        <v>223</v>
+        <v>57</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="B79" t="s">
-        <v>224</v>
+        <v>206</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>225</v>
+        <v>207</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>226</v>
+        <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="I79" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B80" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="C80" s="3"/>
+        <v>210</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>211</v>
+      </c>
       <c r="D80" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G80" s="3">
+        <v>7500</v>
+      </c>
+      <c r="H80" s="3"/>
+      <c r="I80" s="3"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B81" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="C81" s="3"/>
+      <c r="D81" s="3"/>
       <c r="E81" s="3" t="s">
-        <v>234</v>
+        <v>213</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G81" s="3">
+        <v>11500</v>
       </c>
       <c r="H81" s="3"/>
-      <c r="I81" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I81" s="3"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>236</v>
+        <v>37</v>
       </c>
       <c r="B82" t="s">
-        <v>237</v>
-[...6 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="C82" s="3"/>
+      <c r="D82" s="3"/>
       <c r="E82" s="3" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G82" s="3">
+        <v>14900</v>
       </c>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>37</v>
       </c>
       <c r="B83" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>241</v>
+        <v>216</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>242</v>
+        <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>243</v>
+        <v>217</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="3"/>
-      <c r="I83" s="3"/>
+      <c r="I83" s="3" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="C84" s="3"/>
+        <v>219</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>220</v>
+      </c>
       <c r="D84" s="3" t="s">
-        <v>12</v>
+        <v>221</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H84" s="3"/>
+      <c r="H84" s="3" t="s">
+        <v>223</v>
+      </c>
       <c r="I84" s="3"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>218</v>
+        <v>9</v>
       </c>
       <c r="B85" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="C85" s="3"/>
+        <v>224</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>225</v>
+      </c>
       <c r="D85" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="3"/>
-      <c r="I85" s="3"/>
+      <c r="I85" s="3" t="s">
+        <v>227</v>
+      </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C86" s="3"/>
+        <v>228</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>229</v>
+      </c>
       <c r="D86" s="3" t="s">
-        <v>12</v>
+        <v>230</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="3"/>
-      <c r="I86" s="3"/>
+      <c r="I86" s="3" t="s">
+        <v>232</v>
+      </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="B87" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="C87" s="3"/>
+        <v>234</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>235</v>
+      </c>
       <c r="D87" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="3"/>
-      <c r="I87" s="3"/>
+      <c r="I87" s="3" t="s">
+        <v>237</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>218</v>
+        <v>238</v>
       </c>
       <c r="B88" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>12</v>
+        <v>241</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="3"/>
-      <c r="I88" s="3"/>
+      <c r="I88" s="3" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B89" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="C89" s="3"/>
+        <v>244</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>245</v>
+      </c>
       <c r="D89" s="3" t="s">
-        <v>12</v>
+        <v>246</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G89" s="3">
-        <v>11000</v>
-[...6 lines deleted...]
-      </c>
+        <v>19500</v>
+      </c>
+      <c r="H89" s="3"/>
+      <c r="I89" s="3"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B90" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="C90" s="3"/>
-      <c r="D90" s="3"/>
+      <c r="D90" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E90" s="3" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>16500</v>
+        <v>14</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B91" t="s">
+        <v>251</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H91" s="3"/>
+      <c r="I91" s="3" t="s">
         <v>255</v>
-      </c>
-[...15 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>37</v>
+        <v>256</v>
       </c>
       <c r="B92" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-      <c r="D92" s="3"/>
+        <v>257</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E92" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H92" s="3"/>
+      <c r="I92" s="3"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>37</v>
       </c>
       <c r="B93" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-      <c r="D93" s="3"/>
+        <v>260</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>262</v>
+      </c>
       <c r="E93" s="3" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H93" s="3"/>
+      <c r="I93" s="3"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B94" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="C94" s="3"/>
-      <c r="D94" s="3"/>
+      <c r="D94" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E94" s="3" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H94" s="3"/>
+      <c r="I94" s="3"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B95" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="C95" s="3"/>
-      <c r="D95" s="3"/>
+      <c r="D95" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E95" s="3" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>10500</v>
+        <v>14</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H95" s="3"/>
-      <c r="I95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I95" s="3"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>9</v>
+        <v>238</v>
       </c>
       <c r="B96" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H96" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H96" s="3"/>
+      <c r="I96" s="3"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>213</v>
+        <v>238</v>
       </c>
       <c r="B97" t="s">
-        <v>273</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="3"/>
-      <c r="I97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I97" s="3"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B98" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>37</v>
       </c>
       <c r="B99" t="s">
-        <v>280</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I99" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G99" s="3">
+        <v>11000</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>37</v>
       </c>
       <c r="B100" t="s">
-        <v>283</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="C100" s="3"/>
+      <c r="D100" s="3"/>
       <c r="E100" s="3" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I100" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G100" s="3">
+        <v>16500</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>236</v>
+        <v>37</v>
       </c>
       <c r="B101" t="s">
-        <v>286</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="C101" s="3"/>
+      <c r="D101" s="3"/>
       <c r="E101" s="3" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I101" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G101" s="3">
+        <v>27500</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="B102" t="s">
-        <v>288</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="C102" s="3"/>
+      <c r="D102" s="3"/>
       <c r="E102" s="3" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G102" s="3">
+        <v>55000</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>82</v>
+        <v>283</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B103" t="s">
-        <v>290</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="C103" s="3"/>
+      <c r="D103" s="3"/>
       <c r="E103" s="3" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G103" s="3">
+        <v>13000</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>295</v>
+        <v>57</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>37</v>
       </c>
       <c r="B104" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="C104" s="3"/>
-      <c r="D104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D104" s="3"/>
       <c r="E104" s="3" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I104" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G104" s="3">
+        <v>14000</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B105" t="s">
-        <v>298</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3"/>
       <c r="E105" s="3" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G105" s="3">
+        <v>10500</v>
+      </c>
+      <c r="H105" s="3"/>
       <c r="I105" s="3" t="s">
-        <v>189</v>
+        <v>57</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="B106" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H106" s="3"/>
+      <c r="H106" s="3" t="s">
+        <v>292</v>
+      </c>
       <c r="I106" s="3" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="B107" t="s">
-        <v>305</v>
+        <v>293</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>307</v>
+        <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>308</v>
+        <v>295</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H107" s="3"/>
       <c r="I107" s="3" t="s">
-        <v>189</v>
+        <v>296</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B108" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="D108" s="3" t="s">
-        <v>311</v>
+        <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>312</v>
+        <v>299</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B109" t="s">
-        <v>313</v>
+        <v>300</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>315</v>
+        <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>4200</v>
+        <v>14</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B110" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-      <c r="D110" s="3"/>
+        <v>303</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>76</v>
+      </c>
       <c r="E110" s="3" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>12000</v>
+        <v>14</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="B111" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-      <c r="D111" s="3"/>
+        <v>306</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D111" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E111" s="3" t="s">
-        <v>318</v>
+        <v>307</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>19600</v>
+        <v>14</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="B112" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-      <c r="D112" s="3"/>
+        <v>308</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E112" s="3" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="I112" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>24</v>
       </c>
       <c r="B113" t="s">
+        <v>310</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="C113" s="3"/>
-[...3 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="I113" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>315</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B114" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C114" s="3"/>
-      <c r="D114" s="3"/>
+      <c r="D114" s="3" t="s">
+        <v>89</v>
+      </c>
       <c r="E114" s="3" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>182400</v>
+        <v>14</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="B115" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="C115" s="3"/>
+        <v>318</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>319</v>
+      </c>
       <c r="D115" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>21900</v>
+        <v>14</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H115" s="3" t="s">
-        <v>324</v>
+        <v>85</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>57</v>
+        <v>209</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B116" t="s">
+        <v>321</v>
+      </c>
+      <c r="C116" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="C116" s="3"/>
-      <c r="D116" s="3"/>
+      <c r="D116" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E116" s="3" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H116" s="3"/>
       <c r="I116" s="3" t="s">
-        <v>57</v>
+        <v>324</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B117" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-      <c r="D117" s="3"/>
+        <v>325</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="D117" s="3" t="s">
+        <v>327</v>
+      </c>
       <c r="E117" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H117" s="3"/>
       <c r="I117" s="3" t="s">
-        <v>57</v>
+        <v>209</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B118" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-      <c r="D118" s="3"/>
+        <v>329</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="D118" s="3" t="s">
+        <v>331</v>
+      </c>
       <c r="E118" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>82900</v>
+        <v>14</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H118" s="3"/>
-      <c r="I118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I118" s="3"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B119" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-      <c r="D119" s="3"/>
+        <v>333</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D119" s="3" t="s">
+        <v>335</v>
+      </c>
       <c r="E119" s="3" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G119" s="3">
-        <v>36500</v>
-[...6 lines deleted...]
-      </c>
+        <v>4200</v>
+      </c>
+      <c r="H119" s="3"/>
+      <c r="I119" s="3"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B120" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3"/>
       <c r="E120" s="3" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G120" s="3">
-        <v>21100</v>
+        <v>12000</v>
       </c>
       <c r="H120" s="3"/>
-      <c r="I120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I120" s="3"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B121" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3"/>
       <c r="E121" s="3" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G121" s="3">
-        <v>23100</v>
+        <v>19600</v>
       </c>
       <c r="H121" s="3"/>
-      <c r="I121" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I121" s="3"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B122" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3"/>
       <c r="E122" s="3" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G122" s="3">
+        <v>38600</v>
       </c>
       <c r="H122" s="3"/>
-      <c r="I122" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I122" s="3"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B123" t="s">
-        <v>335</v>
-[...6 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="C123" s="3"/>
+      <c r="D123" s="3"/>
       <c r="E123" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G123" s="3">
+        <v>76000</v>
       </c>
       <c r="H123" s="3"/>
-      <c r="I123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I123" s="3"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="B124" t="s">
-        <v>340</v>
-[...6 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="C124" s="3"/>
+      <c r="D124" s="3"/>
       <c r="E124" s="3" t="s">
         <v>341</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G124" s="3">
+        <v>182400</v>
       </c>
       <c r="H124" s="3"/>
-      <c r="I124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I124" s="3"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B125" t="s">
         <v>342</v>
       </c>
-      <c r="C125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H125" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G125" s="3">
+        <v>21900</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>344</v>
+      </c>
       <c r="I125" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B126" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="C126" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C126" s="3"/>
+      <c r="D126" s="3"/>
+      <c r="E126" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="D126" s="3" t="s">
+      <c r="F126" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G126" s="3">
+        <v>79500</v>
+      </c>
+      <c r="H126" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="E126" s="3" t="s">
-[...9 lines deleted...]
-      <c r="I126" s="3"/>
+      <c r="I126" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B127" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3"/>
       <c r="E127" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G127" s="3">
+        <v>55500</v>
+      </c>
+      <c r="H127" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...6 lines deleted...]
-      <c r="I127" s="3"/>
+      <c r="I127" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B128" t="s">
+        <v>342</v>
+      </c>
+      <c r="C128" s="3"/>
+      <c r="D128" s="3"/>
+      <c r="E128" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="C128" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G128" s="3">
+        <v>82900</v>
       </c>
       <c r="H128" s="3"/>
       <c r="I128" s="3" t="s">
-        <v>353</v>
+        <v>57</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>37</v>
       </c>
       <c r="B129" t="s">
-        <v>354</v>
-[...6 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="C129" s="3"/>
+      <c r="D129" s="3"/>
       <c r="E129" s="3" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G129" s="3">
-        <v>10500</v>
+        <v>36500</v>
       </c>
       <c r="H129" s="3" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>37</v>
       </c>
       <c r="B130" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3"/>
       <c r="E130" s="3" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G130" s="3">
-        <v>12900</v>
-[...3 lines deleted...]
-      </c>
+        <v>21100</v>
+      </c>
+      <c r="H130" s="3"/>
       <c r="I130" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>37</v>
       </c>
       <c r="B131" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G131" s="3">
+        <v>23100</v>
       </c>
       <c r="H131" s="3"/>
       <c r="I131" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="B132" t="s">
-        <v>361</v>
+        <v>342</v>
       </c>
       <c r="C132" s="3"/>
-      <c r="D132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D132" s="3"/>
       <c r="E132" s="3" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H132" s="3"/>
       <c r="I132" s="3" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-      <c r="D133" s="3"/>
+        <v>355</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="D133" s="3" t="s">
+        <v>357</v>
+      </c>
       <c r="E133" s="3" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H133" s="3"/>
       <c r="I133" s="3" t="s">
-        <v>57</v>
+        <v>359</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="B134" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="C134" s="3"/>
+        <v>360</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>49</v>
+      </c>
       <c r="D134" s="3" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H134" s="3"/>
       <c r="I134" s="3" t="s">
-        <v>369</v>
+        <v>51</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="B135" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-      <c r="D135" s="3"/>
+        <v>362</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D135" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E135" s="3" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H135" s="3"/>
       <c r="I135" s="3" t="s">
-        <v>372</v>
+        <v>51</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="B136" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="C136" s="3"/>
+        <v>364</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>365</v>
+      </c>
       <c r="D136" s="3" t="s">
-        <v>12</v>
+        <v>366</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G136" s="3">
+        <v>42700</v>
       </c>
       <c r="H136" s="3"/>
-      <c r="I136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I136" s="3"/>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="B137" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="C137" s="3"/>
       <c r="D137" s="3"/>
       <c r="E137" s="3" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G137" s="3">
+        <v>85400</v>
       </c>
       <c r="H137" s="3"/>
-      <c r="I137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I137" s="3"/>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>47</v>
       </c>
       <c r="B138" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="D138" s="3" t="s">
-        <v>12</v>
+        <v>371</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="3"/>
       <c r="I138" s="3" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>37</v>
       </c>
       <c r="B139" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I139" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G139" s="3">
+        <v>10500</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B140" t="s">
-        <v>384</v>
-[...6 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="C140" s="3"/>
+      <c r="D140" s="3"/>
       <c r="E140" s="3" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G140" s="3">
+        <v>12900</v>
       </c>
       <c r="H140" s="3" t="s">
-        <v>82</v>
+        <v>379</v>
       </c>
       <c r="I140" s="3" t="s">
-        <v>189</v>
+        <v>57</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="B141" t="s">
-        <v>387</v>
-[...6 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="C141" s="3"/>
+      <c r="D141" s="3"/>
       <c r="E141" s="3" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H141" s="3"/>
-      <c r="I141" s="3"/>
+      <c r="I141" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="B142" t="s">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="C142" s="3"/>
       <c r="D142" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G142" s="3">
+        <v>50000</v>
       </c>
       <c r="H142" s="3" t="s">
-        <v>393</v>
+        <v>383</v>
       </c>
       <c r="I142" s="3" t="s">
-        <v>394</v>
+        <v>57</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>47</v>
+        <v>99</v>
       </c>
       <c r="B143" t="s">
-        <v>395</v>
+        <v>381</v>
       </c>
       <c r="C143" s="3"/>
-      <c r="D143" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D143" s="3"/>
       <c r="E143" s="3" t="s">
-        <v>396</v>
+        <v>384</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H143" s="3" t="s">
-        <v>82</v>
+        <v>385</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>397</v>
+        <v>57</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>47</v>
+        <v>99</v>
       </c>
       <c r="B144" t="s">
-        <v>398</v>
-[...4 lines deleted...]
-      <c r="D144" s="3"/>
+        <v>386</v>
+      </c>
+      <c r="C144" s="3"/>
+      <c r="D144" s="3" t="s">
+        <v>76</v>
+      </c>
       <c r="E144" s="3" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H144" s="3"/>
+      <c r="H144" s="3" t="s">
+        <v>388</v>
+      </c>
       <c r="I144" s="3" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B145" t="s">
-        <v>401</v>
-[...6 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="C145" s="3"/>
+      <c r="D145" s="3"/>
       <c r="E145" s="3" t="s">
-        <v>403</v>
+        <v>390</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G145" s="3">
-        <v>60900</v>
+        <v>42000</v>
       </c>
       <c r="H145" s="3" t="s">
-        <v>404</v>
+        <v>391</v>
       </c>
       <c r="I145" s="3" t="s">
-        <v>57</v>
+        <v>392</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="B146" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="C146" s="3"/>
-      <c r="D146" s="3"/>
+      <c r="D146" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E146" s="3" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H146" s="3"/>
       <c r="I146" s="3" t="s">
-        <v>57</v>
+        <v>395</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="B147" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="C147" s="3"/>
       <c r="D147" s="3"/>
       <c r="E147" s="3" t="s">
-        <v>407</v>
+        <v>396</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H147" s="3"/>
       <c r="I147" s="3" t="s">
-        <v>57</v>
+        <v>397</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B148" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-      <c r="D148" s="3"/>
+        <v>398</v>
+      </c>
+      <c r="C148" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="D148" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E148" s="3" t="s">
-        <v>409</v>
+        <v>400</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H148" s="3"/>
       <c r="I148" s="3" t="s">
-        <v>57</v>
+        <v>395</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>37</v>
       </c>
       <c r="B149" t="s">
         <v>401</v>
       </c>
-      <c r="C149" s="3"/>
-      <c r="D149" s="3"/>
+      <c r="C149" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="D149" s="3" t="s">
+        <v>89</v>
+      </c>
       <c r="E149" s="3" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H149" s="3"/>
-      <c r="I149" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I149" s="3"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B150" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-      <c r="D150" s="3"/>
+        <v>404</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="D150" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E150" s="3" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>26900</v>
+        <v>14</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="I150" s="3"/>
+        <v>85</v>
+      </c>
+      <c r="I150" s="3" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="B151" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>417</v>
+        <v>9</v>
       </c>
       <c r="B152" t="s">
-        <v>418</v>
+        <v>410</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>419</v>
+        <v>411</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H152" s="3"/>
-      <c r="I152" s="3"/>
+      <c r="H152" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>414</v>
+      </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B153" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="C153" s="3"/>
       <c r="D153" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H153" s="3"/>
-      <c r="I153" s="3"/>
+      <c r="H153" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>417</v>
+      </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>47</v>
       </c>
       <c r="B154" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="D154" s="3"/>
       <c r="E154" s="3" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H154" s="3"/>
       <c r="I154" s="3" t="s">
-        <v>189</v>
+        <v>419</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="B155" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>388</v>
+        <v>422</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G155" s="3">
+        <v>60900</v>
       </c>
       <c r="H155" s="3" t="s">
-        <v>16</v>
+        <v>424</v>
       </c>
       <c r="I155" s="3" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="B156" t="s">
-        <v>428</v>
-[...6 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="C156" s="3"/>
+      <c r="D156" s="3"/>
       <c r="E156" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G156" s="3">
+        <v>30900</v>
       </c>
       <c r="H156" s="3" t="s">
-        <v>393</v>
+        <v>426</v>
       </c>
       <c r="I156" s="3" t="s">
-        <v>394</v>
+        <v>57</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>37</v>
       </c>
       <c r="B157" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="C157" s="3"/>
-      <c r="D157" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D157" s="3"/>
       <c r="E157" s="3" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G157" s="3">
-        <v>3500</v>
+        <v>20900</v>
       </c>
       <c r="H157" s="3" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="I157" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>37</v>
       </c>
       <c r="B158" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="C158" s="3"/>
       <c r="D158" s="3"/>
       <c r="E158" s="3" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G158" s="3">
-        <v>5900</v>
+        <v>23900</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="I158" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
         <v>37</v>
       </c>
       <c r="B159" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H159" s="3"/>
       <c r="I159" s="3" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>37</v>
       </c>
       <c r="B160" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="C160" s="3"/>
       <c r="D160" s="3"/>
       <c r="E160" s="3" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G160" s="3">
-        <v>7400</v>
+        <v>26900</v>
       </c>
       <c r="H160" s="3" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="I160" s="3"/>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>37</v>
       </c>
       <c r="B161" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-      <c r="D161" s="3"/>
+        <v>434</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E161" s="3" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H161" s="3"/>
+      <c r="I161" s="3"/>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>37</v>
+        <v>437</v>
       </c>
       <c r="B162" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-      <c r="D162" s="3"/>
+        <v>438</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="D162" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E162" s="3" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H162" s="3"/>
-      <c r="I162" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I162" s="3"/>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>213</v>
+        <v>37</v>
       </c>
       <c r="B163" t="s">
+        <v>441</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D163" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="C163" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H163" s="3"/>
-      <c r="I163" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I163" s="3"/>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="B164" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="D164" s="3" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>63900</v>
+        <v>14</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H164" s="3" t="s">
-        <v>449</v>
+        <v>85</v>
       </c>
       <c r="I164" s="3" t="s">
-        <v>57</v>
+        <v>209</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="B165" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>451</v>
+        <v>408</v>
       </c>
       <c r="D165" s="3" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H165" s="3"/>
-      <c r="I165" s="3"/>
+      <c r="H165" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="166" spans="1:9">
+      <c r="A166" t="s">
+        <v>9</v>
+      </c>
       <c r="B166" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="C166" s="3"/>
+        <v>448</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>411</v>
+      </c>
       <c r="D166" s="3" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H166" s="3"/>
-      <c r="I166" s="3"/>
+      <c r="H166" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="I166" s="3" t="s">
+        <v>414</v>
+      </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B167" t="s">
-        <v>455</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="C167" s="3"/>
       <c r="D167" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G167" s="3">
+        <v>4100</v>
       </c>
       <c r="H167" s="3" t="s">
-        <v>82</v>
+        <v>452</v>
       </c>
       <c r="I167" s="3" t="s">
-        <v>457</v>
+        <v>57</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>213</v>
+        <v>37</v>
       </c>
       <c r="B168" t="s">
-        <v>458</v>
-[...6 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="C168" s="3"/>
+      <c r="D168" s="3"/>
       <c r="E168" s="3" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H168" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G168" s="3">
+        <v>6500</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>454</v>
+      </c>
       <c r="I168" s="3" t="s">
-        <v>217</v>
+        <v>57</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B169" t="s">
-        <v>461</v>
-[...6 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="C169" s="3"/>
+      <c r="D169" s="3"/>
       <c r="E169" s="3" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I169" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G169" s="3">
+        <v>7600</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B170" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="C170" s="3"/>
       <c r="D170" s="3"/>
       <c r="E170" s="3" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H170" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G170" s="3">
+        <v>8300</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>458</v>
+      </c>
       <c r="I170" s="3" t="s">
-        <v>95</v>
+        <v>57</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B171" t="s">
-        <v>467</v>
+        <v>450</v>
       </c>
       <c r="C171" s="3"/>
-      <c r="D171" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D171" s="3"/>
       <c r="E171" s="3" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G171" s="3">
+        <v>13600</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>82</v>
+        <v>460</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>37</v>
       </c>
       <c r="B172" t="s">
-        <v>469</v>
+        <v>450</v>
       </c>
       <c r="C172" s="3"/>
-      <c r="D172" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D172" s="3"/>
       <c r="E172" s="3" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G172" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="3"/>
-      <c r="I172" s="3"/>
+      <c r="I172" s="3" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="B173" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="C173" s="3"/>
+        <v>462</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>463</v>
+      </c>
       <c r="D173" s="3" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>56</v>
-[...7 lines deleted...]
-      <c r="I173" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H173" s="3"/>
+      <c r="I173" s="3" t="s">
+        <v>466</v>
+      </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="B174" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-      <c r="D174" s="3"/>
+        <v>467</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D174" s="3" t="s">
+        <v>76</v>
+      </c>
       <c r="E174" s="3" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G174" s="3">
-        <v>19900</v>
+        <v>63900</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="I174" s="3"/>
+        <v>469</v>
+      </c>
+      <c r="I174" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B175" t="s">
+        <v>470</v>
+      </c>
+      <c r="C175" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="C175" s="3"/>
-      <c r="D175" s="3"/>
+      <c r="D175" s="3" t="s">
+        <v>76</v>
+      </c>
       <c r="E175" s="3" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H175" s="3"/>
       <c r="I175" s="3"/>
     </row>
     <row r="176" spans="1:9">
-      <c r="A176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B176" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="C176" s="3"/>
       <c r="D176" s="3" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H176" s="3"/>
-      <c r="I176" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I176" s="3"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B177" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="C177" s="3"/>
+        <v>475</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>83</v>
+      </c>
       <c r="D177" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>457</v>
+        <v>477</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>47</v>
+        <v>233</v>
       </c>
       <c r="B178" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="C178" s="3"/>
+        <v>478</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>479</v>
+      </c>
       <c r="D178" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H178" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H178" s="3"/>
       <c r="I178" s="3" t="s">
-        <v>189</v>
+        <v>237</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>78</v>
+        <v>24</v>
       </c>
       <c r="B179" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="C179" s="3"/>
+        <v>481</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>482</v>
+      </c>
       <c r="D179" s="3" t="s">
-        <v>12</v>
+        <v>483</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H179" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H179" s="3"/>
+      <c r="I179" s="3"/>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B180" t="s">
-        <v>487</v>
-[...4 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D180" s="3"/>
       <c r="E180" s="3" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="3"/>
-      <c r="I180" s="3"/>
+      <c r="I180" s="3" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="B181" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C181" s="3"/>
       <c r="D181" s="3" t="s">
-        <v>490</v>
+        <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>53000</v>
+        <v>14</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>491</v>
-[...1 lines deleted...]
-      <c r="I181" s="3"/>
+        <v>85</v>
+      </c>
+      <c r="I181" s="3" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B182" t="s">
         <v>489</v>
       </c>
       <c r="C182" s="3"/>
-      <c r="D182" s="3"/>
+      <c r="D182" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E182" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H182" s="3"/>
       <c r="I182" s="3"/>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B183" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C183" s="3"/>
       <c r="D183" s="3" t="s">
-        <v>12</v>
+        <v>492</v>
       </c>
       <c r="E183" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G183" s="3">
+        <v>11900</v>
+      </c>
+      <c r="H183" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I183" s="3"/>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B184" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C184" s="3"/>
       <c r="D184" s="3"/>
       <c r="E184" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="F184" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G184" s="3">
+        <v>19900</v>
+      </c>
+      <c r="H184" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I184" s="3"/>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B185" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C185" s="3"/>
       <c r="D185" s="3"/>
       <c r="E185" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F185" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G185" s="3">
+        <v>49900</v>
+      </c>
+      <c r="H185" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I185" s="3"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B186" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="C186" s="3"/>
-      <c r="D186" s="3"/>
+      <c r="D186" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E186" s="3" t="s">
         <v>500</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H186" s="3"/>
       <c r="I186" s="3" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="B187" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="C187" s="3"/>
-      <c r="D187" s="3"/>
+      <c r="D187" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E187" s="3" t="s">
         <v>502</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="H187" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>85</v>
+      </c>
       <c r="I187" s="3" t="s">
-        <v>57</v>
+        <v>477</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B188" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="C188" s="3"/>
-      <c r="D188" s="3"/>
+      <c r="D188" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E188" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H188" s="3"/>
+      <c r="H188" s="3" t="s">
+        <v>85</v>
+      </c>
       <c r="I188" s="3" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>236</v>
+        <v>81</v>
       </c>
       <c r="B189" t="s">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="C189" s="3"/>
       <c r="D189" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H189" s="3"/>
-      <c r="I189" s="3"/>
+      <c r="H189" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="B190" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C190" s="3"/>
       <c r="D190" s="3" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>98</v>
+        <v>508</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H190" s="3"/>
+      <c r="I190" s="3"/>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="B191" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C191" s="3"/>
-      <c r="D191" s="3"/>
+      <c r="D191" s="3" t="s">
+        <v>510</v>
+      </c>
       <c r="E191" s="3" t="s">
-        <v>100</v>
+        <v>511</v>
       </c>
       <c r="F191" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G191" s="3">
-        <v>25000</v>
+        <v>53000</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="I191" s="3"/>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="B192" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C192" s="3"/>
       <c r="D192" s="3"/>
       <c r="E192" s="3" t="s">
-        <v>121</v>
+        <v>512</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G192" s="3">
-        <v>18000</v>
+        <v>285000</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="I192" s="3"/>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="B193" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="C193" s="3"/>
-      <c r="D193" s="3"/>
+      <c r="D193" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E193" s="3" t="s">
-        <v>122</v>
+        <v>514</v>
       </c>
       <c r="F193" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G193" s="3">
-        <v>36000</v>
+        <v>7300</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>122</v>
+        <v>515</v>
       </c>
       <c r="I193" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B194" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="C194" s="3"/>
-      <c r="D194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D194" s="3"/>
       <c r="E194" s="3" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H194" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G194" s="3">
+        <v>9600</v>
+      </c>
+      <c r="H194" s="3" t="s">
+        <v>517</v>
+      </c>
       <c r="I194" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="B195" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C195" s="3"/>
-      <c r="D195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D195" s="3"/>
       <c r="E195" s="3" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I195" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G195" s="3">
+        <v>39200</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B196" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C196" s="3"/>
-      <c r="D196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D196" s="3"/>
       <c r="E196" s="3" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G196" s="3">
+        <v>10500</v>
       </c>
       <c r="H196" s="3" t="s">
-        <v>230</v>
+        <v>521</v>
       </c>
       <c r="I196" s="3" t="s">
-        <v>515</v>
+        <v>57</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>213</v>
+        <v>37</v>
       </c>
       <c r="B197" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="C197" s="3"/>
-      <c r="D197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D197" s="3"/>
       <c r="E197" s="3" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G197" s="3">
+        <v>11900</v>
+      </c>
+      <c r="H197" s="3"/>
       <c r="I197" s="3" t="s">
-        <v>519</v>
+        <v>57</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>417</v>
+        <v>37</v>
       </c>
       <c r="B198" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="C198" s="3"/>
-      <c r="D198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D198" s="3"/>
       <c r="E198" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G198" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H198" s="3"/>
       <c r="I198" s="3" t="s">
-        <v>198</v>
+        <v>218</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>24</v>
+        <v>256</v>
       </c>
       <c r="B199" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="C199" s="3"/>
+        <v>524</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>258</v>
+      </c>
       <c r="D199" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H199" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H199" s="3"/>
+      <c r="I199" s="3"/>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B200" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C200" s="3"/>
       <c r="D200" s="3" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>527</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I200" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G200" s="3">
+        <v>12500</v>
+      </c>
+      <c r="H200" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="B201" t="s">
+        <v>526</v>
+      </c>
+      <c r="C201" s="3"/>
+      <c r="D201" s="3"/>
+      <c r="E201" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="C201" s="3"/>
-[...5 lines deleted...]
-      </c>
       <c r="F201" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I201" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G201" s="3">
+        <v>25000</v>
+      </c>
+      <c r="H201" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B202" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="C202" s="3"/>
-      <c r="D202" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D202" s="3"/>
       <c r="E202" s="3" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G202" s="3">
-        <v>13600</v>
+        <v>27200</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="I202" s="3"/>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B203" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="C203" s="3"/>
       <c r="D203" s="3"/>
       <c r="E203" s="3" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G203" s="3">
-        <v>13700</v>
+        <v>13600</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>536</v>
-[...3 lines deleted...]
-      </c>
+        <v>530</v>
+      </c>
+      <c r="I203" s="3"/>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B204" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="C204" s="3"/>
       <c r="D204" s="3"/>
       <c r="E204" s="3" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="F204" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G204" s="3">
-        <v>27000</v>
+        <v>36000</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="I204" s="3" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B205" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="C205" s="3"/>
       <c r="D205" s="3"/>
       <c r="E205" s="3" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G205" s="3">
-        <v>25000</v>
+        <v>18000</v>
       </c>
       <c r="H205" s="3" t="s">
-        <v>100</v>
+        <v>536</v>
       </c>
       <c r="I205" s="3" t="s">
-        <v>57</v>
+        <v>534</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="B206" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="C206" s="3"/>
-      <c r="D206" s="3"/>
+      <c r="D206" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E206" s="3" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H206" s="3"/>
       <c r="I206" s="3" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="B207" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="C207" s="3"/>
-      <c r="D207" s="3"/>
+      <c r="D207" s="3" t="s">
+        <v>540</v>
+      </c>
       <c r="E207" s="3" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H207" s="3"/>
+      <c r="I207" s="3"/>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="B208" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="C208" s="3"/>
-      <c r="D208" s="3"/>
+      <c r="D208" s="3" t="s">
+        <v>543</v>
+      </c>
       <c r="E208" s="3" t="s">
         <v>544</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>18000</v>
+        <v>14</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H208" s="3" t="s">
-        <v>121</v>
+        <v>250</v>
       </c>
       <c r="I208" s="3" t="s">
-        <v>57</v>
+        <v>545</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>96</v>
+        <v>233</v>
       </c>
       <c r="B209" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="C209" s="3"/>
-      <c r="D209" s="3"/>
+      <c r="D209" s="3" t="s">
+        <v>464</v>
+      </c>
       <c r="E209" s="3" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>25900</v>
+        <v>14</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H209" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="I209" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>96</v>
+        <v>437</v>
       </c>
       <c r="B210" t="s">
-        <v>531</v>
+        <v>550</v>
       </c>
       <c r="C210" s="3"/>
-      <c r="D210" s="3"/>
+      <c r="D210" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E210" s="3" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H210" s="3"/>
       <c r="I210" s="3" t="s">
-        <v>550</v>
+        <v>218</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="B211" t="s">
-        <v>531</v>
+        <v>552</v>
       </c>
       <c r="C211" s="3"/>
-      <c r="D211" s="3"/>
+      <c r="D211" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E211" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>51800</v>
+        <v>14</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H211" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="I211" s="3" t="s">
-        <v>547</v>
+        <v>94</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="B212" t="s">
-        <v>531</v>
+        <v>555</v>
       </c>
       <c r="C212" s="3"/>
-      <c r="D212" s="3"/>
+      <c r="D212" s="3" t="s">
+        <v>556</v>
+      </c>
       <c r="E212" s="3" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>19000</v>
+        <v>14</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H212" s="3"/>
       <c r="I212" s="3"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B213" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="C213" s="3"/>
       <c r="D213" s="3" t="s">
-        <v>12</v>
+        <v>559</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H213" s="3"/>
+      <c r="I213" s="3"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B214" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C214" s="3"/>
-      <c r="D214" s="3"/>
+      <c r="D214" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E214" s="3" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G214" s="3">
-        <v>26900</v>
+        <v>13600</v>
       </c>
       <c r="H214" s="3" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="I214" s="3" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B215" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C215" s="3"/>
       <c r="D215" s="3"/>
       <c r="E215" s="3" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G215" s="3">
-        <v>21600</v>
+        <v>13700</v>
       </c>
       <c r="H215" s="3" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="I215" s="3" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B216" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C216" s="3"/>
       <c r="D216" s="3"/>
       <c r="E216" s="3" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F216" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G216" s="3">
-        <v>27600</v>
+        <v>27000</v>
       </c>
       <c r="H216" s="3" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="I216" s="3" t="s">
-        <v>57</v>
+        <v>570</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B217" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C217" s="3"/>
       <c r="D217" s="3"/>
       <c r="E217" s="3" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G217" s="3">
-        <v>29000</v>
+        <v>25000</v>
       </c>
       <c r="H217" s="3" t="s">
-        <v>564</v>
+        <v>103</v>
       </c>
       <c r="I217" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B218" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C218" s="3"/>
       <c r="D218" s="3"/>
       <c r="E218" s="3" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G218" s="3">
-        <v>23300</v>
+        <v>12500</v>
       </c>
       <c r="H218" s="3" t="s">
-        <v>566</v>
+        <v>101</v>
       </c>
       <c r="I218" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B219" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C219" s="3"/>
       <c r="D219" s="3"/>
       <c r="E219" s="3" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G219" s="3">
-        <v>29600</v>
+        <v>36000</v>
       </c>
       <c r="H219" s="3" t="s">
-        <v>568</v>
+        <v>129</v>
       </c>
       <c r="I219" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B220" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C220" s="3"/>
       <c r="D220" s="3"/>
       <c r="E220" s="3" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G220" s="3">
-        <v>22300</v>
+        <v>18000</v>
       </c>
       <c r="H220" s="3" t="s">
-        <v>570</v>
+        <v>128</v>
       </c>
       <c r="I220" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B221" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C221" s="3"/>
       <c r="D221" s="3"/>
       <c r="E221" s="3" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G221" s="3">
-        <v>27600</v>
+        <v>25900</v>
       </c>
       <c r="H221" s="3" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="I221" s="3" t="s">
-        <v>57</v>
+        <v>577</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B222" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C222" s="3"/>
       <c r="D222" s="3"/>
       <c r="E222" s="3" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G222" s="3">
-        <v>23300</v>
+        <v>27400</v>
       </c>
       <c r="H222" s="3" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="I222" s="3" t="s">
-        <v>57</v>
+        <v>580</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B223" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C223" s="3"/>
       <c r="D223" s="3"/>
       <c r="E223" s="3" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G223" s="3">
-        <v>29600</v>
+        <v>51800</v>
       </c>
       <c r="H223" s="3" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="I223" s="3" t="s">
-        <v>57</v>
+        <v>577</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B224" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C224" s="3"/>
       <c r="D224" s="3"/>
       <c r="E224" s="3" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G224" s="3">
-        <v>23300</v>
-[...6 lines deleted...]
-      </c>
+        <v>19000</v>
+      </c>
+      <c r="H224" s="3"/>
+      <c r="I224" s="3"/>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B225" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C225" s="3"/>
       <c r="D225" s="3"/>
       <c r="E225" s="3" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G225" s="3">
-        <v>29600</v>
+        <v>54000</v>
       </c>
       <c r="H225" s="3" t="s">
-        <v>580</v>
-[...3 lines deleted...]
-      </c>
+        <v>585</v>
+      </c>
+      <c r="I225" s="3"/>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="B226" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="C226" s="3"/>
       <c r="D226" s="3"/>
       <c r="E226" s="3" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G226" s="3">
-        <v>23300</v>
+        <v>27200</v>
       </c>
       <c r="H226" s="3" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>587</v>
+      </c>
+      <c r="I226" s="3"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>37</v>
       </c>
       <c r="B227" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C227" s="3"/>
-      <c r="D227" s="3"/>
+      <c r="D227" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E227" s="3" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G227" s="3">
-        <v>29600</v>
+        <v>18900</v>
       </c>
       <c r="H227" s="3" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="I227" s="3" t="s">
-        <v>57</v>
+        <v>591</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
         <v>37</v>
       </c>
       <c r="B228" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C228" s="3"/>
       <c r="D228" s="3"/>
       <c r="E228" s="3" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G228" s="3">
         <v>25900</v>
       </c>
       <c r="H228" s="3" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="I228" s="3" t="s">
-        <v>57</v>
+        <v>591</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
         <v>37</v>
       </c>
       <c r="B229" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C229" s="3"/>
       <c r="D229" s="3"/>
       <c r="E229" s="3" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G229" s="3">
-        <v>31900</v>
+        <v>23600</v>
       </c>
       <c r="H229" s="3" t="s">
-        <v>586</v>
+        <v>595</v>
       </c>
       <c r="I229" s="3" t="s">
-        <v>57</v>
+        <v>591</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
         <v>37</v>
       </c>
       <c r="B230" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C230" s="3"/>
       <c r="D230" s="3"/>
       <c r="E230" s="3" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G230" s="3">
-        <v>25900</v>
+        <v>28900</v>
       </c>
       <c r="H230" s="3" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="I230" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
         <v>37</v>
       </c>
       <c r="B231" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C231" s="3"/>
       <c r="D231" s="3"/>
       <c r="E231" s="3" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G231" s="3">
-        <v>31900</v>
+        <v>22900</v>
       </c>
       <c r="H231" s="3" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="I231" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
         <v>37</v>
       </c>
       <c r="B232" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C232" s="3"/>
       <c r="D232" s="3"/>
       <c r="E232" s="3" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G232" s="3">
-        <v>25900</v>
+        <v>24600</v>
       </c>
       <c r="H232" s="3" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="I232" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
         <v>37</v>
       </c>
       <c r="B233" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C233" s="3"/>
       <c r="D233" s="3"/>
       <c r="E233" s="3" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G233" s="3">
-        <v>31900</v>
+        <v>29600</v>
       </c>
       <c r="H233" s="3" t="s">
-        <v>588</v>
+        <v>602</v>
       </c>
       <c r="I233" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
         <v>37</v>
       </c>
       <c r="B234" t="s">
-        <v>554</v>
+        <v>588</v>
       </c>
       <c r="C234" s="3"/>
       <c r="D234" s="3"/>
       <c r="E234" s="3" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H234" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G234" s="3">
+        <v>23600</v>
+      </c>
+      <c r="H234" s="3" t="s">
+        <v>604</v>
+      </c>
       <c r="I234" s="3" t="s">
-        <v>198</v>
+        <v>57</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B235" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C235" s="3"/>
-      <c r="D235" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D235" s="3"/>
       <c r="E235" s="3" t="s">
-        <v>593</v>
+        <v>605</v>
       </c>
       <c r="F235" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G235" s="3">
-        <v>20900</v>
-[...2 lines deleted...]
-      <c r="I235" s="3"/>
+        <v>27600</v>
+      </c>
+      <c r="H235" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="I235" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B236" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C236" s="3"/>
       <c r="D236" s="3"/>
       <c r="E236" s="3" t="s">
-        <v>594</v>
+        <v>607</v>
       </c>
       <c r="F236" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G236" s="3">
-        <v>25600</v>
-[...2 lines deleted...]
-      <c r="I236" s="3"/>
+        <v>23300</v>
+      </c>
+      <c r="H236" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="I236" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B237" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C237" s="3"/>
       <c r="D237" s="3"/>
       <c r="E237" s="3" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
       <c r="F237" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G237" s="3">
-        <v>33600</v>
-[...2 lines deleted...]
-      <c r="I237" s="3"/>
+        <v>29600</v>
+      </c>
+      <c r="H237" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="I237" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B238" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C238" s="3"/>
       <c r="D238" s="3"/>
       <c r="E238" s="3" t="s">
-        <v>596</v>
+        <v>611</v>
       </c>
       <c r="F238" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G238" s="3">
-        <v>41900</v>
-[...2 lines deleted...]
-      <c r="I238" s="3"/>
+        <v>23300</v>
+      </c>
+      <c r="H238" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="I238" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B239" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C239" s="3"/>
       <c r="D239" s="3"/>
       <c r="E239" s="3" t="s">
-        <v>597</v>
+        <v>613</v>
       </c>
       <c r="F239" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G239" s="3">
-        <v>51100</v>
-[...2 lines deleted...]
-      <c r="I239" s="3"/>
+        <v>29600</v>
+      </c>
+      <c r="H239" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="I239" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B240" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="C240" s="3"/>
       <c r="D240" s="3"/>
       <c r="E240" s="3" t="s">
-        <v>598</v>
+        <v>615</v>
       </c>
       <c r="F240" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G240" s="3">
-        <v>62900</v>
-[...2 lines deleted...]
-      <c r="I240" s="3"/>
+        <v>24600</v>
+      </c>
+      <c r="H240" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="I240" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B241" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="C241" s="3"/>
-      <c r="D241" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D241" s="3"/>
       <c r="E241" s="3" t="s">
-        <v>601</v>
+        <v>617</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H241" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G241" s="3">
+        <v>29600</v>
+      </c>
+      <c r="H241" s="3" t="s">
+        <v>618</v>
+      </c>
       <c r="I241" s="3" t="s">
-        <v>602</v>
+        <v>57</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B242" t="s">
-        <v>603</v>
+        <v>588</v>
       </c>
       <c r="C242" s="3"/>
-      <c r="D242" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D242" s="3"/>
       <c r="E242" s="3" t="s">
-        <v>604</v>
+        <v>619</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G242" s="3">
+        <v>26900</v>
       </c>
       <c r="H242" s="3" t="s">
-        <v>82</v>
+        <v>619</v>
       </c>
       <c r="I242" s="3" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="B243" t="s">
-        <v>605</v>
-[...6 lines deleted...]
-      </c>
+        <v>588</v>
+      </c>
+      <c r="C243" s="3"/>
+      <c r="D243" s="3"/>
       <c r="E243" s="3" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G243" s="3">
+        <v>31900</v>
       </c>
       <c r="H243" s="3" t="s">
-        <v>393</v>
+        <v>620</v>
       </c>
       <c r="I243" s="3" t="s">
-        <v>394</v>
+        <v>57</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B244" t="s">
-        <v>607</v>
+        <v>588</v>
       </c>
       <c r="C244" s="3"/>
-      <c r="D244" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D244" s="3"/>
       <c r="E244" s="3" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="F244" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G244" s="3">
-        <v>16900</v>
+        <v>26900</v>
       </c>
       <c r="H244" s="3" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="I244" s="3"/>
+        <v>621</v>
+      </c>
+      <c r="I244" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B245" t="s">
-        <v>607</v>
+        <v>588</v>
       </c>
       <c r="C245" s="3"/>
       <c r="D245" s="3"/>
       <c r="E245" s="3" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="F245" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G245" s="3">
-        <v>47900</v>
+        <v>31900</v>
       </c>
       <c r="H245" s="3" t="s">
-        <v>612</v>
-[...1 lines deleted...]
-      <c r="I245" s="3"/>
+        <v>622</v>
+      </c>
+      <c r="I245" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B246" t="s">
-        <v>607</v>
+        <v>588</v>
       </c>
       <c r="C246" s="3"/>
       <c r="D246" s="3"/>
       <c r="E246" s="3" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G246" s="3">
-        <v>91000</v>
+        <v>25900</v>
       </c>
       <c r="H246" s="3" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="I246" s="3"/>
+        <v>621</v>
+      </c>
+      <c r="I246" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B247" t="s">
-        <v>607</v>
+        <v>588</v>
       </c>
       <c r="C247" s="3"/>
       <c r="D247" s="3"/>
       <c r="E247" s="3" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G247" s="3">
-        <v>169000</v>
+        <v>31900</v>
       </c>
       <c r="H247" s="3" t="s">
-        <v>616</v>
-[...1 lines deleted...]
-      <c r="I247" s="3"/>
+        <v>622</v>
+      </c>
+      <c r="I247" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B248" t="s">
-        <v>617</v>
+        <v>588</v>
       </c>
       <c r="C248" s="3"/>
-      <c r="D248" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D248" s="3"/>
       <c r="E248" s="3" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H248" s="3"/>
-      <c r="I248" s="3"/>
+      <c r="I248" s="3" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B249" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>626</v>
+      </c>
+      <c r="C249" s="3"/>
       <c r="D249" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G249" s="3">
+        <v>20900</v>
       </c>
       <c r="H249" s="3"/>
       <c r="I249" s="3"/>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B250" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C250" s="3"/>
-      <c r="D250" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D250" s="3"/>
       <c r="E250" s="3" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="F250" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G250" s="3">
-        <v>29000</v>
-[...3 lines deleted...]
-      </c>
+        <v>25600</v>
+      </c>
+      <c r="H250" s="3"/>
       <c r="I250" s="3"/>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B251" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C251" s="3"/>
       <c r="D251" s="3"/>
       <c r="E251" s="3" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="F251" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G251" s="3">
-        <v>34900</v>
-[...3 lines deleted...]
-      </c>
+        <v>33600</v>
+      </c>
+      <c r="H251" s="3"/>
       <c r="I251" s="3"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B252" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C252" s="3"/>
       <c r="D252" s="3"/>
       <c r="E252" s="3" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="F252" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G252" s="3">
-        <v>59900</v>
-[...3 lines deleted...]
-      </c>
+        <v>41900</v>
+      </c>
+      <c r="H252" s="3"/>
       <c r="I252" s="3"/>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B253" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C253" s="3"/>
       <c r="D253" s="3"/>
       <c r="E253" s="3" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G253" s="3">
-        <v>64900</v>
-[...3 lines deleted...]
-      </c>
+        <v>51100</v>
+      </c>
+      <c r="H253" s="3"/>
       <c r="I253" s="3"/>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B254" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C254" s="3"/>
       <c r="D254" s="3"/>
       <c r="E254" s="3" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="F254" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G254" s="3">
-        <v>34900</v>
-[...6 lines deleted...]
-      </c>
+        <v>62900</v>
+      </c>
+      <c r="H254" s="3"/>
+      <c r="I254" s="3"/>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B255" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
       <c r="C255" s="3"/>
-      <c r="D255" s="3"/>
+      <c r="D255" s="3" t="s">
+        <v>634</v>
+      </c>
       <c r="E255" s="3" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>56</v>
-[...7 lines deleted...]
-      <c r="I255" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H255" s="3"/>
+      <c r="I255" s="3" t="s">
+        <v>636</v>
+      </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="B256" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="C256" s="3"/>
-      <c r="D256" s="3"/>
+      <c r="D256" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E256" s="3" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="F256" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H256" s="3"/>
+      <c r="H256" s="3" t="s">
+        <v>85</v>
+      </c>
       <c r="I256" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
         <v>9</v>
       </c>
       <c r="B257" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>89</v>
+        <v>411</v>
       </c>
       <c r="D257" s="3" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="F257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H257" s="3" t="s">
-        <v>82</v>
+        <v>413</v>
       </c>
       <c r="I257" s="3" t="s">
-        <v>91</v>
+        <v>414</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="B258" t="s">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="C258" s="3"/>
       <c r="D258" s="3" t="s">
-        <v>12</v>
+        <v>642</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G258" s="3">
+        <v>16900</v>
       </c>
       <c r="H258" s="3" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="I258" s="3"/>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="B259" t="s">
-        <v>639</v>
-[...6 lines deleted...]
-      </c>
+        <v>641</v>
+      </c>
+      <c r="C259" s="3"/>
+      <c r="D259" s="3"/>
       <c r="E259" s="3" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>56</v>
+      </c>
+      <c r="G259" s="3">
+        <v>47900</v>
       </c>
       <c r="H259" s="3" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>646</v>
+      </c>
+      <c r="I259" s="3"/>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="B260" t="s">
         <v>641</v>
       </c>
-      <c r="C260" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C260" s="3"/>
       <c r="D260" s="3"/>
       <c r="E260" s="3" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>14</v>
-[...7 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G260" s="3">
+        <v>91000</v>
+      </c>
+      <c r="H260" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="I260" s="3"/>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="B261" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="C261" s="3"/>
-      <c r="D261" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D261" s="3"/>
       <c r="E261" s="3" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H261" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G261" s="3">
+        <v>169000</v>
+      </c>
+      <c r="H261" s="3" t="s">
+        <v>650</v>
+      </c>
       <c r="I261" s="3"/>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="B262" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="C262" s="3"/>
       <c r="D262" s="3" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F262" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G262" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H262" s="3"/>
       <c r="I262" s="3"/>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="B263" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="C263" s="3"/>
+        <v>653</v>
+      </c>
+      <c r="C263" s="3" t="s">
+        <v>654</v>
+      </c>
       <c r="D263" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F263" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H263" s="3"/>
-      <c r="I263" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I263" s="3"/>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
         <v>37</v>
       </c>
       <c r="B264" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C264" s="3"/>
       <c r="D264" s="3" t="s">
-        <v>12</v>
+        <v>657</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H264" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G264" s="3">
+        <v>29000</v>
+      </c>
+      <c r="H264" s="3" t="s">
+        <v>659</v>
+      </c>
       <c r="I264" s="3"/>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B265" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C265" s="3"/>
-      <c r="D265" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D265" s="3"/>
       <c r="E265" s="3" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>14</v>
-[...7 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G265" s="3">
+        <v>34900</v>
+      </c>
+      <c r="H265" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="I265" s="3"/>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
         <v>37</v>
       </c>
       <c r="B266" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C266" s="3"/>
-      <c r="D266" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D266" s="3"/>
       <c r="E266" s="3" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H266" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G266" s="3">
+        <v>59900</v>
+      </c>
+      <c r="H266" s="3" t="s">
+        <v>662</v>
+      </c>
       <c r="I266" s="3"/>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
+        <v>37</v>
+      </c>
+      <c r="B267" t="s">
         <v>656</v>
       </c>
-      <c r="B267" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C267" s="3"/>
+      <c r="D267" s="3"/>
       <c r="E267" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H267" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G267" s="3">
+        <v>64900</v>
+      </c>
+      <c r="H267" s="3" t="s">
+        <v>662</v>
+      </c>
       <c r="I267" s="3"/>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B268" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="C268" s="3"/>
-      <c r="D268" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D268" s="3"/>
       <c r="E268" s="3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H268" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G268" s="3">
+        <v>34900</v>
+      </c>
+      <c r="H268" s="3" t="s">
+        <v>665</v>
+      </c>
       <c r="I268" s="3" t="s">
-        <v>620</v>
+        <v>94</v>
       </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B269" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="C269" s="3"/>
-      <c r="D269" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D269" s="3"/>
       <c r="E269" s="3" t="s">
         <v>666</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H269" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G269" s="3">
+        <v>64900</v>
+      </c>
+      <c r="H269" s="3" t="s">
+        <v>667</v>
+      </c>
       <c r="I269" s="3"/>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>96</v>
+        <v>37</v>
       </c>
       <c r="B270" t="s">
-        <v>667</v>
+        <v>656</v>
       </c>
       <c r="C270" s="3"/>
-      <c r="D270" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D270" s="3"/>
       <c r="E270" s="3" t="s">
-        <v>98</v>
+        <v>668</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H270" s="3"/>
       <c r="I270" s="3" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="B271" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-      <c r="D271" s="3"/>
+        <v>669</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D271" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E271" s="3" t="s">
-        <v>100</v>
+        <v>670</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>25000</v>
+        <v>14</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H271" s="3" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="I271" s="3" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="B272" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-      <c r="D272" s="3"/>
+        <v>671</v>
+      </c>
+      <c r="C272" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D272" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E272" s="3" t="s">
-        <v>121</v>
+        <v>672</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>18000</v>
+        <v>14</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H272" s="3" t="s">
-        <v>121</v>
+        <v>85</v>
       </c>
       <c r="I272" s="3" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>96</v>
+        <v>9</v>
       </c>
       <c r="B273" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-      <c r="D273" s="3"/>
+        <v>673</v>
+      </c>
+      <c r="C273" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D273" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E273" s="3" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>36000</v>
+        <v>14</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H273" s="3" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="I273" s="3" t="s">
-        <v>57</v>
+        <v>94</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="B274" t="s">
-        <v>669</v>
-[...4 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="C274" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="D274" s="3"/>
       <c r="E274" s="3" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H274" s="3"/>
       <c r="I274" s="3" t="s">
-        <v>457</v>
+        <v>676</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>30</v>
+        <v>437</v>
       </c>
       <c r="B275" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C275" s="3"/>
       <c r="D275" s="3" t="s">
-        <v>672</v>
+        <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="F275" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H275" s="3"/>
-      <c r="I275" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I275" s="3"/>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B276" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="C276" s="3"/>
       <c r="D276" s="3" t="s">
-        <v>676</v>
+        <v>76</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>22900</v>
+        <v>14</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H276" s="3"/>
       <c r="I276" s="3"/>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>218</v>
+        <v>81</v>
       </c>
       <c r="B277" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="C277" s="3"/>
       <c r="D277" s="3" t="s">
-        <v>679</v>
+        <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>150000</v>
+        <v>14</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H277" s="3"/>
       <c r="I277" s="3" t="s">
-        <v>681</v>
+        <v>477</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B278" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C278" s="3"/>
-      <c r="D278" s="3"/>
+      <c r="D278" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E278" s="3" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>286000</v>
+        <v>14</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H278" s="3"/>
-      <c r="I278" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I278" s="3"/>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>218</v>
+        <v>47</v>
       </c>
       <c r="B279" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="C279" s="3"/>
-      <c r="D279" s="3"/>
+      <c r="D279" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E279" s="3" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>292000</v>
+        <v>14</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H279" s="3"/>
       <c r="I279" s="3" t="s">
-        <v>681</v>
+        <v>86</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="B280" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="C280" s="3"/>
-      <c r="D280" s="3"/>
+      <c r="D280" s="3" t="s">
+        <v>89</v>
+      </c>
       <c r="E280" s="3" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>319000</v>
+        <v>14</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H280" s="3"/>
-      <c r="I280" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I280" s="3"/>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>218</v>
+        <v>690</v>
       </c>
       <c r="B281" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-      <c r="D281" s="3"/>
+        <v>691</v>
+      </c>
+      <c r="C281" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="D281" s="3" t="s">
+        <v>693</v>
+      </c>
       <c r="E281" s="3" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>523000</v>
+        <v>14</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H281" s="3"/>
-      <c r="I281" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I281" s="3"/>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
-        <v>218</v>
+        <v>47</v>
       </c>
       <c r="B282" t="s">
-        <v>678</v>
+        <v>695</v>
       </c>
       <c r="C282" s="3"/>
-      <c r="D282" s="3"/>
+      <c r="D282" s="3" t="s">
+        <v>696</v>
+      </c>
       <c r="E282" s="3" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="F282" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H282" s="3"/>
       <c r="I282" s="3" t="s">
-        <v>681</v>
+        <v>654</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
         <v>24</v>
       </c>
       <c r="B283" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="C283" s="3"/>
       <c r="D283" s="3" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H283" s="3"/>
       <c r="I283" s="3"/>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="B284" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="C284" s="3"/>
       <c r="D284" s="3" t="s">
-        <v>692</v>
+        <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>693</v>
+        <v>101</v>
       </c>
       <c r="F284" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G284" s="3">
-        <v>44900</v>
-[...2 lines deleted...]
-      <c r="I284" s="3"/>
+        <v>12500</v>
+      </c>
+      <c r="H284" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I284" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="B285" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="C285" s="3"/>
       <c r="D285" s="3"/>
       <c r="E285" s="3" t="s">
-        <v>694</v>
+        <v>103</v>
       </c>
       <c r="F285" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G285" s="3">
-        <v>134900</v>
-[...2 lines deleted...]
-      <c r="I285" s="3"/>
+        <v>25000</v>
+      </c>
+      <c r="H285" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I285" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="B286" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="C286" s="3"/>
       <c r="D286" s="3"/>
       <c r="E286" s="3" t="s">
-        <v>695</v>
+        <v>128</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-      <c r="I286" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="G286" s="3">
+        <v>18000</v>
+      </c>
+      <c r="H286" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="I286" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9">
+      <c r="A287" t="s">
+        <v>99</v>
+      </c>
+      <c r="B287" t="s">
+        <v>701</v>
+      </c>
+      <c r="C287" s="3"/>
+      <c r="D287" s="3"/>
+      <c r="E287" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="F287" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G287" s="3">
+        <v>36000</v>
+      </c>
+      <c r="H287" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="I287" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9">
+      <c r="A288" t="s">
+        <v>81</v>
+      </c>
+      <c r="B288" t="s">
+        <v>703</v>
+      </c>
+      <c r="C288" s="3"/>
+      <c r="D288" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="F288" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H288" s="3"/>
+      <c r="I288" s="3" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9">
+      <c r="A289" t="s">
+        <v>30</v>
+      </c>
+      <c r="B289" t="s">
+        <v>705</v>
+      </c>
+      <c r="C289" s="3"/>
+      <c r="D289" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="E289" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H289" s="3"/>
+      <c r="I289" s="3" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9">
+      <c r="A290" t="s">
+        <v>24</v>
+      </c>
+      <c r="B290" t="s">
+        <v>709</v>
+      </c>
+      <c r="C290" s="3"/>
+      <c r="D290" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="E290" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="F290" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G290" s="3">
+        <v>22900</v>
+      </c>
+      <c r="H290" s="3"/>
+      <c r="I290" s="3"/>
+    </row>
+    <row r="291" spans="1:9">
+      <c r="A291" t="s">
+        <v>238</v>
+      </c>
+      <c r="B291" t="s">
+        <v>712</v>
+      </c>
+      <c r="C291" s="3"/>
+      <c r="D291" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="E291" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="F291" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G291" s="3">
+        <v>150000</v>
+      </c>
+      <c r="H291" s="3"/>
+      <c r="I291" s="3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9">
+      <c r="A292" t="s">
+        <v>238</v>
+      </c>
+      <c r="B292" t="s">
+        <v>712</v>
+      </c>
+      <c r="C292" s="3"/>
+      <c r="D292" s="3"/>
+      <c r="E292" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="F292" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G292" s="3">
+        <v>286000</v>
+      </c>
+      <c r="H292" s="3"/>
+      <c r="I292" s="3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9">
+      <c r="A293" t="s">
+        <v>238</v>
+      </c>
+      <c r="B293" t="s">
+        <v>712</v>
+      </c>
+      <c r="C293" s="3"/>
+      <c r="D293" s="3"/>
+      <c r="E293" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="F293" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G293" s="3">
+        <v>292000</v>
+      </c>
+      <c r="H293" s="3"/>
+      <c r="I293" s="3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9">
+      <c r="A294" t="s">
+        <v>238</v>
+      </c>
+      <c r="B294" t="s">
+        <v>712</v>
+      </c>
+      <c r="C294" s="3"/>
+      <c r="D294" s="3"/>
+      <c r="E294" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="F294" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G294" s="3">
+        <v>319000</v>
+      </c>
+      <c r="H294" s="3"/>
+      <c r="I294" s="3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9">
+      <c r="A295" t="s">
+        <v>238</v>
+      </c>
+      <c r="B295" t="s">
+        <v>712</v>
+      </c>
+      <c r="C295" s="3"/>
+      <c r="D295" s="3"/>
+      <c r="E295" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="F295" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G295" s="3">
+        <v>523000</v>
+      </c>
+      <c r="H295" s="3"/>
+      <c r="I295" s="3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9">
+      <c r="A296" t="s">
+        <v>238</v>
+      </c>
+      <c r="B296" t="s">
+        <v>712</v>
+      </c>
+      <c r="C296" s="3"/>
+      <c r="D296" s="3"/>
+      <c r="E296" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="F296" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H296" s="3"/>
+      <c r="I296" s="3" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9">
+      <c r="A297" t="s">
+        <v>24</v>
+      </c>
+      <c r="B297" t="s">
+        <v>721</v>
+      </c>
+      <c r="C297" s="3"/>
+      <c r="D297" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G297" s="3">
+        <v>37900</v>
+      </c>
+      <c r="H297" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="I297" s="3"/>
+    </row>
+    <row r="298" spans="1:9">
+      <c r="A298" t="s">
+        <v>24</v>
+      </c>
+      <c r="B298" t="s">
+        <v>725</v>
+      </c>
+      <c r="C298" s="3"/>
+      <c r="D298" s="3" t="s">
+        <v>726</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>727</v>
+      </c>
+      <c r="F298" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G298" s="3">
+        <v>44900</v>
+      </c>
+      <c r="H298" s="3"/>
+      <c r="I298" s="3"/>
+    </row>
+    <row r="299" spans="1:9">
+      <c r="A299" t="s">
+        <v>24</v>
+      </c>
+      <c r="B299" t="s">
+        <v>725</v>
+      </c>
+      <c r="C299" s="3"/>
+      <c r="D299" s="3"/>
+      <c r="E299" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F299" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="G299" s="3">
+        <v>134900</v>
+      </c>
+      <c r="H299" s="3"/>
+      <c r="I299" s="3"/>
+    </row>
+    <row r="300" spans="1:9">
+      <c r="A300" t="s">
+        <v>24</v>
+      </c>
+      <c r="B300" t="s">
+        <v>725</v>
+      </c>
+      <c r="C300" s="3"/>
+      <c r="D300" s="3"/>
+      <c r="E300" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H300" s="3"/>
+      <c r="I300" s="3"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">