--- v1 (2026-01-03)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="736">
   <si>
     <t>Categoria</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Terminos y Condiciones</t>
   </si>
   <si>
     <t>Cobertura</t>
   </si>
   <si>
     <t>Bono</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>Descripcion</t>
   </si>
   <si>
@@ -126,93 +126,81 @@
     <t>Licencia por 1 año</t>
   </si>
   <si>
     <t>Viajes</t>
   </si>
   <si>
     <t>Antójese Travel</t>
   </si>
   <si>
     <t>DEBE PRESENTAR EL CODIGO ENVIADO DESDE QUANTUM, A SU CORREO REGISTRADO ESTE ES EL ÚNICO CÓDIGO AUTORIZADO PARA LA REDENCIÓN DEL BONO, El bono es al portador y podrá ser utilizado por su beneficiario para el
 pago de servicios turísticos únicamente en la página www.antojese.travel, Para la redención de este bono el beneficiario de este debe presentar su documento de Identificación. Este bono se activa 4 DIAS HABILES DESPUES DE SU DESCARGA. El bono es personal e intransferible, solo podrá ser utilizado por su beneficiario para el pago de servicios turísticos en las oficinas al público de Antojese Travel. En caso de pérdida, no se reemplaza ni se puede bloquear. Está prohibida su venta o canje por efectivo. Para ser aceptado, deberá ser presentado entero, sin sello, sin raspaduras. Acérquese a cualquiera de las oficinas de Antojese travel a nivel Nacional e informe que tiene un bono electrónico para viajar. Con la asesoría del funcionario, seleccione su plan de viaje. El bono es parte de pago de su plan, y puede ser utilizado para pagar tiquetes nacionales o internacionales de cualquier aerolínea que opere en Colombia, hoteles, renta de vehículos, cruceros o paquetes turísticos vendidos por la agencia de viajes. Si el cliente compra un servicio con valor superior al bono, se puede pagar la diferencia utilizando otros medios de pago, según las condiciones de la aerolínea o el operador elegido. En caso de no ser utilizado en su totalidad no habrá reembolso del saldo del bono. Las penalidades causadas por cambios o cancelaciones de los servicios deberán ser asumidas por el pasajero. El bono tiene fecha de vencimiento de un año a partir de la fecha de emisión, lo que implica que el cliente deberá redimir por los servicios turísticos en el lapso que tiene el bono, después de ese tiempo el bono no tiene ninguna validez ni tendrá derecho a reembolso alguno. Para hacer efectiva la redención del bono este debe ser presentado y entregado en la respectiva oficina de Antojese Travel. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>https://www.antojese.travel/es-es/</t>
   </si>
   <si>
     <t>Antójese Travel – Bono Plata</t>
   </si>
   <si>
     <t>Antojese Travel Bono $50.000</t>
   </si>
   <si>
     <t>*Comisión 8%</t>
   </si>
   <si>
+    <t>Aviatur</t>
+  </si>
+  <si>
+    <t>DEBE PRESENTAR EL CODIGO ENVIADO DESDE QUANTUM, A SU CORREO REGISTRADO ESTE ES EL ÚNICO CÓDIGO AUTORIZADO PARA LA REDENCIÓN DEL BONO, Para la redención de este bono el beneficiario de este debe presentar su documento de Identificación. Este bono se activa 4 DIAS HABILES DESPUES DE SU DESCARGA. El bono es personal e intransferible, solo podrá ser utilizado por su beneficiario para el pago de servicios turísticos en las oficinas al público de Agencia de viajes y turismo Aviatur S.A. En caso de pérdida, no se reemplaza ni se puede bloquear. Está prohibida su venta o canje por efectivo. Para ser aceptado, deberá ser presentado entero, sin sello, sin raspaduras. Acérquese a cualquiera de las oficinas de Aviatur a nivel Nacional e informe que tiene un bono electrónico para viajar. Con la asesoría del funcionario de Aviatur, seleccione su plan de viaje. El bono es parte de pago de su plan, y puede ser utilizado para pagar tiquetes nacionales o internacionales de cualquier aerolínea que opere en Colombia, hoteles, renta de vehículos, cruceros o paquetes turísticos vendidos por la agencia de viajes. Si el cliente compra un servicio con valor superior al bono, se puede pagar la diferencia utilizando otros medios de pago, según las condiciones de la aerolínea o el operador elegido. En caso de no ser utilizado en su totalidad no habrá reembolso del saldo del bono. Las penalidades causadas por cambios o cancelaciones de los servicios deberán ser asumidas por el pasajero. El bono tiene fecha de vencimiento de un año a partir de la fecha de emisión, lo que implica que el cliente deberá redimir por los servicios turísticos en el lapso que tiene el bono, después de ese tiempo el bono no tiene ninguna validez ni tendrá derecho a reembolso alguno. Para compras de servicios internacionales se debe cumplir con las normas de moneda extranjera aplicadas por Aviatur S.A. NO APLICA PARA COMPRAS POR INTERNET. Para hacer efectiva la redención del bono este debe ser presentado y entregado en la respectiva oficina de Aviatur S.A está sujeta al régimen de responsabilidad que establece la ley 300/96 y D.R. 1075/97, Decreto 2438 de 2010 y las normas que lo modifiquen, adicionen o reformen. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
+  </si>
+  <si>
+    <t>Aviatur – Bono Plata</t>
+  </si>
+  <si>
+    <t>Aviatur Bono $200.000</t>
+  </si>
+  <si>
+    <t>Ofc Aviatur Nacional *Comisión 8%</t>
+  </si>
+  <si>
+    <t>Comercios</t>
+  </si>
+  <si>
+    <t>Baby Fresh</t>
+  </si>
+  <si>
+    <t>El bono es válido PARA COMPRAS EN TIENDAS FISICAS PROPIAS DE LAS MARCAS Gef, Punto Blanco, Baby Fresh, Galax, Parfols. El valor del bono corresponde al monto expresado en el mismo. No se realizarán devoluciones de dinero si su compra es por un valor menor. Si la compra supera el valor del bono, se puede pagar la diferencia utilizando otros medios de pago según lo aceptado por la marca. Verificar en tienda si aplica con otras promociones o descuentos. El bono solo se puede usar una vez y está prohibida su venta o canje por efectivo. En caso de pérdida, no se reemplaza ni se puede bloquear. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. La vigencia de este bono es de un año a partir de la descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
+  </si>
+  <si>
+    <t>Baby Fresh – Bono Plata</t>
+  </si>
+  <si>
+    <t>*Aplica para redimir en e-commerce *No aplica en franquicias</t>
+  </si>
+  <si>
     <t>Gastronomía</t>
-  </si>
-[...40 lines deleted...]
-    <t>*Aplica para redimir en e-commerce *No aplica en franquicias</t>
   </si>
   <si>
     <t>Baskin Robbins</t>
   </si>
   <si>
     <t>Bono valido solo para compras en tiendas físicas de la marca Dunkin´/Baskin de las ciudades de Ibagué y Bogotá. Los sabores de los helados de preferencia del cliente, están sujetos a disponibilidad del punto de venta, no es posible su redención en ventas a domicilio o a través de plataformas, en los puntos Dunkin´/Baskin ubicados en los almacenes ALKOSTO no se puede redimir el bono con los 13 dígitos, redención máxima al día por punto de venta 20 Unidades y por persona se realizará la entrega máxima de 5 Bonos, el bono digital o físico se debe de presentar en el punto de venta con su respectivo código numérico, no se aceptan bonos enmendados o deteriorados, la marca Dunkin’/Basking no se hace responsable de la perdida, hurto o vencimiento del bono, valido únicamente para el producto relacionado en el bono, el bono solo se puede usar una vez y está prohibida su venta o canje por efectivo, el bono no es acumulable con otras promociones o Descuentos. La vigencia de este bono es de tres meses a partir de la fecha de descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Bogotá e Ibagué</t>
   </si>
   <si>
     <t>Baskin Robbins – Cono Sencillo</t>
   </si>
   <si>
     <t>producto</t>
   </si>
   <si>
     <t>*Los precios estarán sujetos a cambios durante el primer trimestre del 2025</t>
   </si>
   <si>
     <t>Baskin Robbins – Sundae 2 Sabores</t>
   </si>
   <si>
     <t>Beer Station</t>
   </si>
@@ -339,118 +327,130 @@
     <t>Tarjeta Regalo (Gift Card) es un documento al portador. No negociable ni canjeable por dinero en efectivo. El valor cargado en la tarjeta regalo está estipulado en COP (pesos colombianos). La Tarjeta concede a su tenedor la posibilidad de adquirir, según el saldo disponible, los productos que en ese momento estén a la venta únicamente en las siguientes tiendas físicas de New Balance: Bogotá - C.C. Santafe local 1-112/113 / C.C. Gran Estación local 1-091 / C.C. Parque La Colina local 225 / C.C. Multiplaza local B-153B y Barranquilla – C.C. Viva local 111 A. Dentro de las 12 horas siguientes a la compra de la Tarjeta Regalo Digital recibirá en el correo electrónico suministrado por el cliente el código de la tarjeta regalo. En caso de no hacer uso total del valor, el saldo quedará disponible en la tarjeta para futuras compras dentro del plazo establecido de un (1) año a partir de la activación. Si la compra es de un mayor valor al saldo del Tarjeta Regalo Digital, el excedente podrá ser pagado con cualquier otro medio de pago disponible en la tienda donde vaya a realizar la compra. Los productos adquiridos con la tarjeta regalo tendrán derecho a cambio o garantía según parámetros definidos en la factura de venta que recibe el cliente. En caso que al momento de solicitar el cambio o garantía por otro artículo, este no lo haya disponible o no encuentre uno del gusto del cliente, se le generará otra tarjeta regalo digital con el valor del monto del producto que aplique. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Champion Bono Plata</t>
   </si>
   <si>
     <t>Tarjeta Regalo (Gift Card) es un documento al portador. No negociable ni canjeable por dinero en efectivo. El valor cargado en la tarjeta regalo está estipulado en COP (pesos colombianos). La Tarjeta concede a su tenedor la posibilidad de adquirir, según el saldo disponible, los productos que en ese momento estén a la venta únicamente en las siguientes tiendas físicas de New Balance: Bogotá – C.C. Santafe local 1-112/113 / C.C. Gran Estación local 1-091 / C.C. Parque La Colina local 225 / C.C. Multiplaza local B-153B y Barranquilla – C.C. Viva local 111 A. Dentro de las 12 horas siguientes a la compra de la Tarjeta Regalo Digital recibirá en el correo electrónico suministrado por el cliente el código de la tarjeta regalo. En caso de no hacer uso total del valor, el saldo quedará disponible en la tarjeta para futuras compras dentro del plazo establecido de un (1) año a partir de la activación. Si la compra es de un mayor valor al saldo del Tarjeta Regalo Digital, el excedente podrá ser pagado con cualquier otro medio de pago disponible en la tienda donde vaya a realizar la compra. Los productos adquiridos con la tarjeta regalo tendrán derecho a cambio o garantía según parámetros definidos en la factura de venta que recibe el cliente. En caso que al momento de solicitar el cambio o garantía por otro artículo, este no lo haya disponible o no encuentre uno del gusto del cliente, se le generará otra tarjeta regalo digital con el valor del monto del producto que aplique. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Entretenimiento</t>
   </si>
   <si>
     <t>Cine Colombia</t>
   </si>
   <si>
     <t>Entrada a Cine Sencilla 2D</t>
   </si>
   <si>
     <t>*Los precios estarán sujetos a cambios durante el primer trimestre del 2025.
 Cobertura: Nacional.</t>
   </si>
   <si>
     <t>Entrada a Cine Doble 2D</t>
   </si>
   <si>
-    <t>Cineco Pass Premium Sencillo</t>
+    <t>Cinecolombia Pass Premium Sencillo</t>
   </si>
   <si>
     <t>Entrada a Cineco Pass Premium</t>
   </si>
   <si>
     <t>Válido en todos los Multiplex del país, no tiene restricción de día ni horario. Permite la redención sin restricción para películas cinematográficas, es decir, aplica para 2D, 3D, Tradicional, Onyx, MegaSala, IMAX, Dinamix, Platino. Aplica para General y Preferencial en todos los tipos de sala. No aplica para contenido alternativo, ópera, teatro, ballet, conciertos u otros diferentes de películas cinematográficas. No acumulable con otras promociones o descuentos. No aplica para reserva en el teatro. Se asistirá a la función en la sala seleccionada la cual estará sujeta a disponibilidad. Para soporte o ampliar información contáctenos a soporte@quantumrewards.co al 018000113104, WhatsApp 3227828532.</t>
   </si>
   <si>
-    <t>Cineco Pass Premium Doble</t>
+    <t>Cinecolombia Pass Premium Doble</t>
   </si>
   <si>
     <t>Entrada a cine doble Pass Premium</t>
   </si>
   <si>
-    <t>Confitería cine</t>
-[...8 lines deleted...]
-    <t>Crispetas de sal 100gr + gaseosa 640 ml</t>
+    <t>Cineco Confitería Pass Cine Pro</t>
+  </si>
+  <si>
+    <t>CRISPETAS SAL 100 g + GASEOSA 960 ml + PERRO CALIENTE</t>
+  </si>
+  <si>
+    <t>Cineco Confitería Pass Cine Fan</t>
+  </si>
+  <si>
+    <t>CRISPETAS SAL 100 g + GASEOSA 960 ml</t>
   </si>
   <si>
     <t>Cobertura: Nacional.</t>
   </si>
   <si>
-    <t>Combo mini Cine Colombia</t>
-[...8 lines deleted...]
-    <t>2 Gaseosas Pequeñas, 2 Crispetas Pequeñas, 2 Chocolatinas</t>
+    <t>Cineco Confitería Pass Cine Fan Junior</t>
+  </si>
+  <si>
+    <t>CRISPETAS SAL 55 g + GASEOSA 640 ml</t>
+  </si>
+  <si>
+    <t>Cineco Confitería Pass Cine Fan Junior Doble</t>
+  </si>
+  <si>
+    <t>2 CRISPETAS SAL 55 g + 2 GASEOSA 640 ml </t>
   </si>
   <si>
     <t>Combo Pizza tradicional Cine Colombia</t>
   </si>
   <si>
-    <t>1 pizza tradicional + 1 gaseosa pet</t>
+    <t>1 PIZZA TRADICIONAL + 1 GASEOSA Pet 600</t>
   </si>
   <si>
     <t>*Disponible sólo en Cinepolitanas de Multiplex Andino, Nuestro Bogotá, Centro Mayor, Titán, Santafé Bogotá, Américas, Unicentro, Centro Chía, Chipichape, Unicali, Viva Envigado.
 Cobertura: Bogotá, Cali y Envigado.</t>
   </si>
   <si>
     <t>Súper Combo Pizza tradicional</t>
   </si>
   <si>
-    <t>1 pizza tradicional + Gaseosa Pet + Crispetas de sal de 100gr</t>
-[...11 lines deleted...]
-    <t>Crispetas de sal de 100 grs + gaseosa de 640 ml</t>
+    <t>1 PIZZA TRADICIONAL + 1 GASEOSA Pet 600 + 1 CRISPETA DE SAL 100g</t>
+  </si>
+  <si>
+    <t>Cineco Confitería Pass Cine Pro Dos</t>
+  </si>
+  <si>
+    <t>2 CRISPETAS SAL 100 g + 2 GASEOSAS 960 ml + 2 PERROS CALIENTES</t>
+  </si>
+  <si>
+    <t>Cineco Confitería Pass Cine Fan Doble</t>
+  </si>
+  <si>
+    <t>2 CRISPETAS SAL 100 g + 2 GASEOSAS 960 ml</t>
+  </si>
+  <si>
+    <t>Cine Multiplex</t>
+  </si>
+  <si>
+    <t>C.C. Villacentro, Av. 40 #16B 59 Local 70, Villavicencio, Meta</t>
+  </si>
+  <si>
+    <t>Cinemultiplex Combo 1</t>
+  </si>
+  <si>
+    <t>Entrada a Cine Sencilla 2D Cinemultiplex</t>
   </si>
   <si>
     <t>Cineland</t>
   </si>
   <si>
     <t>Entrada a cine sencilla 3D</t>
   </si>
   <si>
     <t>Entrada a cine doble 3D</t>
   </si>
   <si>
     <t>Cinelad Confitería Combo 1</t>
   </si>
   <si>
     <t>Crispeta pequeña (85 gr), Gaseosa pequeña (16 oz</t>
   </si>
   <si>
     <t>Los Combos Quantum estarán disponibles en Cineland desde su lanzamiento y durante el tiempo que dure la alianza o hasta agotar existencias. Cineland se reserva el derecho de modificar, suspender o cancelar esta promoción sin previo aviso. Los combos únicamente podrán adquirirse en las dulcerías de los teatros Cineland participantes. La promoción aplica exclusivamente para consumo dentro del cine. Los productos están sujetos a disponibilidad en cada punto de venta. Las imágenes publicitarias son de referencia y pueden variar respecto al producto real. La promoción no es acumulable con otras ofertas, descuentos, promociones o cortesías vigentes. No aplica para compras corporativas, preventas especiales ni eventos privados. Los combos no son transferibles ni canjeables por dinero en efectivo. Cineland no se hace responsable por la pérdida de productos una vez entregados en el punto de venta. La compra del combo implica la aceptación plena de estos Términos y Condiciones. En caso de pérdida, no se reemplaza ni se puede bloquear. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Cineland Combo Infantil</t>
   </si>
   <si>
     <t>Crispeta pequeña (85 gr), Gaseosa pequeña (16 oz), Chocolatina</t>
   </si>
@@ -1493,98 +1493,104 @@
   <si>
     <t>Movii Tarjetas – Bono Plata</t>
   </si>
   <si>
     <t>Pre-compra, aplica fee y comisión, multiplos de 100</t>
   </si>
   <si>
     <t>Mundo Aventura</t>
   </si>
   <si>
     <t>*Precios y pasaportes sujetos a cambios del parque*</t>
   </si>
   <si>
     <t>Pasaporte Mundo Aventura</t>
   </si>
   <si>
     <t>Muy</t>
   </si>
   <si>
     <t>Válido en puntos de venta físicos en Restaurantes MUY en Bogotá. Para la redención del bono debe Iniciar el proceso de compra en las pantallas de autogestión registrándose con su número celular válido y propio, Selecciona el plato que desees, Finaliza la compra y selecciona medio de pago en PAGA EN CAJA, Dirígete a la caja para hacer la redención del bono digital. Entrega el código al cajero y el hará la redención desde el datáfono. En caso de ser superado el valor máximo del bono, el excedente deberá ser asumido por el usuario. Es un código por persona, único e intransferible, para redimir una (1) sola vez. Los productos están sujetos a la disponibilidad en el punto de venta. No acumulable con otras promociones u ofertas. La pérdida de este bono no tendrá reemplazo. En caso de pérdida, no se reemplaza ni se puede bloquear. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. La vigencia de este bono es de un año a partir de la descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Muy – Bono Plata</t>
   </si>
   <si>
-    <t>Myriam Camhi</t>
-[...4 lines deleted...]
-  <si>
     <t>Nappa</t>
   </si>
   <si>
     <t>Nappa – Bono Plata</t>
   </si>
   <si>
     <t>Múltiplos de 50</t>
   </si>
   <si>
     <t>Nequi</t>
   </si>
   <si>
     <t>Recarga efectiva a su cuenta Nequi pasadas 72 HORAS HÁBILES después de recibir este bono, el bono corresponde al monto expresado en el mismo, será consignado bajo los datos ingresados en el momento de la descarga, tener en cuenta que si los datos no son correctos no será exitosa la transacción, debe contar con su cuenta nequi activa. En caso de pérdida, no se reemplaza ni se puede bloquear. La vigencia de este bono es de un año a partir de la descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>Nequi – Bono Plata</t>
   </si>
   <si>
     <t>Netflix</t>
   </si>
   <si>
     <t>Ingresa a https://www.netflix.com/co/redeem y allí el PIN del Bono, y selecciona el boton canjear, ingresa la dirección de email asociada con tu cuenta o ingresa un email para crear una cuenta nueva. Aparecerá una pantalla de confirmación. Puedes seleccionar Comenzar a ver o Iniciar membresía. Bono Válido únicamente por el valor que aparece en el mismo. Redención permitida una sola vez. Prohibida su venta o canje por dinero. En ningún caso será negociable ni se podrá redimir el valor del bono por dinero en efectivo. No acumulable con otras promociones o descuentos. Pin virtual no tiene cambio ni devolución. En caso de pérdida o robo no es posible realizar el bloqueo del mismo ni tendrá reemplazo. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. La vigencia de este bono es de un año a partir de la descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
   </si>
   <si>
     <t>https://www.netflix.com/co</t>
   </si>
   <si>
     <t>Netflix – Bono Plata</t>
   </si>
   <si>
     <t>New Balance</t>
   </si>
   <si>
     <t>New Balance Bono Plata</t>
   </si>
   <si>
     <t>Ostu</t>
   </si>
   <si>
     <t>Ostu – Bono Plata</t>
   </si>
   <si>
+    <t>Panamericana</t>
+  </si>
+  <si>
+    <t>La tarjeta de regalo es al portador y no se expide a favor de una persona determinada; por consiguiente, la simple exhibición o registro legitima su redención en las tiendas físicas o en la tienda virtual (www.panamericana.com.co), el valor corresponde al indicado en la tarjeta de regalo, no genera intereses, no es recargable y no se redime por dinero en efectivo. La tarjeta de regalo solo puede ser usada para adquirir productos y servicios por la suma de dinero que representa o puede ser parte de pago, de preferir un producto o servicio de mayor valor, la diferencia puede ser pagada por cualquier medio de pago que tenga autorizado el emisor. La redención de la tarjeta regalo puede ser total o parcial en las tiendas físicas y/o portal de comercio electrónico del emisor. La redención parcial no extiende, suspende o interrumpe el tiempo para redimir la tarjeta regalo. El tiempo para redimir el valor incorporado en la tarjeta regalo es de un (1) año contado a partir de la fecha de descarga. Vencido el tiempo para hacer la redención de la tarjeta regalo, el valor incorporado o saldo no utilizado se pierde y queda para el emisor. La tarjeta regalo no es válida si presenta tachones, rayones, manchas, cambios o deterioros que comprometan las características de seguridad. El emisor no se hace responsable en caso de pérdida, hurto o uso indebido de la tarjeta de regalo. Para consultar el valor o saldo de la tarjera de regalo puede escribir al correo servicliente@panamericana.com.co, llamar al teléfono en Bogotá: (601) 364 9333. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3122112249</t>
+  </si>
+  <si>
+    <t>Panamericana Bono Plata</t>
+  </si>
+  <si>
+    <t>Bonos Plata</t>
+  </si>
+  <si>
     <t>Papa John's</t>
   </si>
   <si>
     <t>Papa John’s – Bono Plata</t>
   </si>
   <si>
     <t>Paramount</t>
   </si>
   <si>
     <t>https://www.paramountplus.com/co</t>
   </si>
   <si>
     <t>Paramount1-15D</t>
   </si>
   <si>
     <t>Susc. 15 Días</t>
   </si>
   <si>
     <t>Paramount2-1M</t>
   </si>
   <si>
     <t>Susc. 1 Mes</t>
   </si>
   <si>
     <t>Paramount3-3M</t>
@@ -1995,50 +2001,62 @@
     <t>Seguro Accidentes Personales + Billetera – Cobertura 12 millones</t>
   </si>
   <si>
     <t>Scape</t>
   </si>
   <si>
     <t>Colombia, México,Chile,República Dominicana</t>
   </si>
   <si>
     <t>Scape – Bono Plata</t>
   </si>
   <si>
     <t>Bonos no acumulables para redención.</t>
   </si>
   <si>
     <t>Seven-Seven</t>
   </si>
   <si>
     <t>Seven-Seven – Bono Plata</t>
   </si>
   <si>
     <t>Spid</t>
   </si>
   <si>
     <t>Spid – Bono Plata</t>
+  </si>
+  <si>
+    <t>Sport Line</t>
+  </si>
+  <si>
+    <t>Este BONO REGALO digital es un documento al portador, valido únicamente por el valor del bono, no es negociable por dinero en efectivo. Si la compra es de un valor mayor, el excedente deberá ser cubierto por cualquier medio de pago. Este bono digital no será aceptado si no cumple con las características de seguridad requeridas. Favor confirmar con el cajero la habilitación del bono digital en el momento de la compra. De los valores utilizables mediante esta tarjeta, sólo será responsable tiendas Sportline; dichos valores no generan intereses ni son reembolsables en efectivo; solo serán redimibles en bienes o servicios suministrados directamente por tiendas Sportline a nivel nacional. En caso de pérdida, no se reemplaza ni se puede bloquear. Terminada la fecha de vigencia el bono perderá efectividad y no puede ser usado. vigencia de 1 año a partir de su fecha de descarga. Para soporte o más información, contáctenos a través de soporte@quantumrewards.co, WhatsApp 3227828532.</t>
+  </si>
+  <si>
+    <t>Sportline Bono Plata</t>
+  </si>
+  <si>
+    <t>Bono plata</t>
   </si>
   <si>
     <t>Spotify</t>
   </si>
   <si>
     <t>https://www.spotify.com/co/</t>
   </si>
   <si>
     <t>Bono x1 Mes</t>
   </si>
   <si>
     <t>Bono $16.900 Pesos x 1 Mes</t>
   </si>
   <si>
     <t>Bono x3 meses</t>
   </si>
   <si>
     <t>Bono $47.900 Pesos x 3 meses</t>
   </si>
   <si>
     <t>Bono x6 meses</t>
   </si>
   <si>
     <t>Bono $91.000 Pesos x 6 meses</t>
   </si>
@@ -2634,54 +2652,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I300"/>
+  <dimension ref="A1:I302"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I300" sqref="I300"/>
+      <selection activeCell="I302" sqref="I302"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="3"/>
     <col min="4" max="4" width="30" customWidth="true" style="3"/>
     <col min="5" max="5" width="30" customWidth="true" style="3"/>
     <col min="6" max="6" width="15" customWidth="true" style="3"/>
     <col min="7" max="7" width="15" customWidth="true" style="3"/>
     <col min="8" max="8" width="50" customWidth="true" style="3"/>
     <col min="9" max="9" width="50" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
@@ -2796,7401 +2814,7450 @@
       </c>
       <c r="C5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="3" t="s">
+      <c r="D6" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="D6" s="3" t="s">
+      <c r="F6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="E6" s="3" t="s">
+      <c r="I6" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="F6" s="3" t="s">
-[...6 lines deleted...]
-      <c r="I6" s="3"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H7" s="3"/>
       <c r="I7" s="3" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G8" s="3">
+        <v>8000</v>
       </c>
       <c r="H8" s="3"/>
       <c r="I8" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="D9" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="E9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G9" s="3">
-        <v>7500</v>
+        <v>13500</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="D10" s="3"/>
+        <v>55</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E10" s="3" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>12000</v>
+        <v>14</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H10" s="3"/>
-      <c r="I10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C11" s="3" t="s">
+      <c r="D11" s="3"/>
+      <c r="E11" s="3" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="C12" s="3" t="s">
+      <c r="D12" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D12" s="3"/>
-      <c r="E12" s="3" t="s">
+      <c r="F12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...6 lines deleted...]
-      <c r="I12" s="3"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H13" s="3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H13" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I13" s="3"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H14" s="3"/>
       <c r="I14" s="3"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
         <v>78</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>79</v>
       </c>
       <c r="D16" s="3" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H16" s="3"/>
-      <c r="I16" s="3"/>
+      <c r="H16" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H17" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H17" s="3"/>
+      <c r="I17" s="3"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="B18" t="s">
         <v>87</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>88</v>
       </c>
       <c r="D18" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="E18" s="3" t="s">
+      <c r="F18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I18" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="F18" s="3" t="s">
-[...6 lines deleted...]
-      <c r="I18" s="3"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>91</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="D19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19" s="3"/>
       <c r="E19" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H19" s="3"/>
       <c r="I19" s="3" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C20" s="3" t="s">
         <v>96</v>
       </c>
+      <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H20" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G20" s="3">
+        <v>13000</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>97</v>
+      </c>
       <c r="I20" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G21" s="3">
-        <v>12500</v>
+        <v>26000</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B22" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G22" s="3">
-        <v>25000</v>
+        <v>19500</v>
       </c>
       <c r="H22" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G23" s="3">
+        <v>39000</v>
+      </c>
+      <c r="H23" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="F23" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I23" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G24" s="3">
-        <v>36000</v>
+        <v>28500</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B25" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" s="3">
+        <v>15000</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="I25" s="3" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B26" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G26" s="3">
+        <v>14400</v>
+      </c>
+      <c r="H26" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I26" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B27" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G27" s="3">
-        <v>13700</v>
+        <v>28800</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B28" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G28" s="3">
+        <v>25300</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="I28" s="3" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B29" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G29" s="3">
+        <v>32500</v>
+      </c>
+      <c r="H29" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I29" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B30" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G30" s="3">
-        <v>26900</v>
+        <v>57000</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="I30" s="3" t="s">
         <v>120</v>
       </c>
+      <c r="I30" s="3"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B31" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G31" s="3">
-        <v>54000</v>
+        <v>30000</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="I31" s="3"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B32" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="C32" s="3"/>
-      <c r="D32" s="3"/>
+      <c r="D32" s="3" t="s">
+        <v>124</v>
+      </c>
       <c r="E32" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G32" s="3">
-        <v>27200</v>
-[...3 lines deleted...]
-      </c>
+        <v>15000</v>
+      </c>
+      <c r="H32" s="3"/>
       <c r="I32" s="3"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B33" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C33" s="3"/>
-      <c r="D33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D33" s="3"/>
       <c r="E33" s="3" t="s">
-        <v>101</v>
+        <v>126</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G33" s="3">
-        <v>12500</v>
-[...6 lines deleted...]
-      </c>
+        <v>13000</v>
+      </c>
+      <c r="H33" s="3"/>
+      <c r="I33" s="3"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B34" t="s">
         <v>127</v>
       </c>
       <c r="C34" s="3"/>
-      <c r="D34" s="3"/>
+      <c r="D34" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E34" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G34" s="3">
-        <v>25000</v>
+        <v>13000</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B35" t="s">
         <v>127</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G35" s="3">
-        <v>18000</v>
+        <v>26000</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B36" t="s">
         <v>127</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G36" s="3">
-        <v>36000</v>
+        <v>19500</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B37" t="s">
         <v>127</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G37" s="3">
-        <v>13600</v>
+        <v>39000</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B38" t="s">
         <v>127</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G38" s="3">
-        <v>13700</v>
+        <v>15000</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B39" t="s">
         <v>127</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G39" s="3">
-        <v>27000</v>
+        <v>13700</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B40" t="s">
         <v>127</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G40" s="3">
-        <v>54000</v>
+        <v>28500</v>
       </c>
       <c r="H40" s="3" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="I40" s="3"/>
+        <v>136</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>132</v>
+      </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B41" t="s">
         <v>127</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G41" s="3">
-        <v>27200</v>
+        <v>57000</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="I41" s="3"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B42" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="C42" s="3"/>
-      <c r="D42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D42" s="3"/>
       <c r="E42" s="3" t="s">
-        <v>101</v>
+        <v>139</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G42" s="3">
-        <v>12500</v>
+        <v>30000</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="I42" s="3"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B43" t="s">
         <v>141</v>
       </c>
       <c r="C43" s="3"/>
-      <c r="D43" s="3"/>
+      <c r="D43" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E43" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G43" s="3">
-        <v>25000</v>
+        <v>13000</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B44" t="s">
         <v>141</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G44" s="3">
-        <v>18000</v>
+        <v>26000</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B45" t="s">
         <v>141</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G45" s="3">
-        <v>36000</v>
+        <v>19500</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C46" s="3"/>
-      <c r="D46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D46" s="3"/>
       <c r="E46" s="3" t="s">
-        <v>143</v>
+        <v>129</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G46" s="3">
-        <v>13600</v>
+        <v>39000</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>145</v>
+        <v>53</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B47" t="s">
         <v>142</v>
       </c>
       <c r="C47" s="3"/>
-      <c r="D47" s="3"/>
+      <c r="D47" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E47" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G47" s="3">
-        <v>27000</v>
+        <v>15000</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B48" t="s">
         <v>142</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G48" s="3">
-        <v>25000</v>
+        <v>28500</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>103</v>
+        <v>147</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>57</v>
+        <v>148</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B49" t="s">
         <v>142</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G49" s="3">
-        <v>36000</v>
+        <v>26000</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>129</v>
+        <v>99</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B50" t="s">
         <v>142</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G50" s="3">
-        <v>18000</v>
+        <v>39000</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I50" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B51" t="s">
         <v>142</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G51" s="3">
-        <v>12500</v>
+        <v>19500</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B52" t="s">
         <v>142</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3"/>
       <c r="E52" s="3" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G52" s="3">
-        <v>13700</v>
+        <v>13000</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>154</v>
+        <v>97</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>155</v>
+        <v>53</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B53" t="s">
         <v>142</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G53" s="3">
-        <v>27400</v>
+        <v>14400</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B54" t="s">
         <v>142</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3"/>
       <c r="E54" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G54" s="3">
-        <v>42000</v>
+        <v>28800</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B55" t="s">
         <v>142</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G55" s="3">
-        <v>21000</v>
+        <v>42000</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B56" t="s">
         <v>142</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3"/>
       <c r="E56" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G56" s="3">
-        <v>54000</v>
+        <v>22000</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="I56" s="3"/>
+        <v>161</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>160</v>
+      </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B57" t="s">
         <v>142</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3"/>
       <c r="E57" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G57" s="3">
-        <v>16300</v>
+        <v>57000</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="I57" s="3"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B58" t="s">
         <v>142</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G58" s="3">
-        <v>27200</v>
+        <v>18300</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="I58" s="3"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B59" t="s">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="C59" s="3"/>
-      <c r="D59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D59" s="3"/>
       <c r="E59" s="3" t="s">
-        <v>101</v>
+        <v>166</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G59" s="3">
-        <v>12500</v>
+        <v>30000</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="I59" s="3"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B60" t="s">
         <v>168</v>
       </c>
       <c r="C60" s="3"/>
-      <c r="D60" s="3"/>
+      <c r="D60" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E60" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G60" s="3">
-        <v>25000</v>
+        <v>13000</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B61" t="s">
         <v>168</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G61" s="3">
-        <v>18000</v>
+        <v>26000</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B62" t="s">
         <v>168</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3"/>
       <c r="E62" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G62" s="3">
-        <v>36000</v>
+        <v>19500</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B63" t="s">
         <v>168</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3"/>
       <c r="E63" s="3" t="s">
-        <v>169</v>
+        <v>129</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G63" s="3">
-        <v>46400</v>
+        <v>39000</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>170</v>
+        <v>129</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>171</v>
+        <v>53</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B64" t="s">
         <v>168</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
       <c r="E64" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G64" s="3">
-        <v>18500</v>
+        <v>46400</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B65" t="s">
         <v>168</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G65" s="3">
-        <v>37000</v>
+        <v>18500</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>168</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G66" s="3">
-        <v>27200</v>
+        <v>37000</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B67" t="s">
         <v>168</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3"/>
       <c r="E67" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G67" s="3">
-        <v>27000</v>
+        <v>30000</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B68" t="s">
         <v>168</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3"/>
       <c r="E68" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G68" s="3">
-        <v>54000</v>
+        <v>28500</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B69" t="s">
         <v>168</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G69" s="3">
-        <v>13600</v>
+        <v>57000</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B70" t="s">
         <v>168</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3"/>
       <c r="E70" s="3" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G70" s="3">
-        <v>23500</v>
+        <v>15000</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B71" t="s">
         <v>168</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G71" s="3">
-        <v>47000</v>
+        <v>23500</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B72" t="s">
         <v>168</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G72" s="3">
-        <v>23200</v>
+        <v>47000</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B73" t="s">
         <v>168</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G73" s="3">
-        <v>14100</v>
+        <v>23200</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>197</v>
+        <v>171</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B74" t="s">
         <v>168</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3"/>
       <c r="E74" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G74" s="3">
-        <v>28200</v>
+        <v>14100</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B75" t="s">
-        <v>201</v>
+        <v>168</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3"/>
       <c r="E75" s="3" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G75" s="3">
-        <v>25000</v>
+        <v>28200</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>103</v>
-[...1 lines deleted...]
-      <c r="I75" s="3"/>
+        <v>199</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B76" t="s">
         <v>201</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3"/>
       <c r="E76" s="3" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G76" s="3">
-        <v>36000</v>
+        <v>26000</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="I76" s="3"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B77" t="s">
         <v>201</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G77" s="3">
-        <v>12500</v>
+        <v>39000</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="I77" s="3"/>
+        <v>129</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>201</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3"/>
       <c r="E78" s="3" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G78" s="3">
-        <v>18000</v>
+        <v>13000</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="I78" s="3"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="B79" t="s">
-        <v>206</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="C79" s="3"/>
+      <c r="D79" s="3"/>
       <c r="E79" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G79" s="3">
+        <v>19500</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>209</v>
+        <v>53</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B80" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-      <c r="I80" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I80" s="3" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B81" t="s">
         <v>210</v>
       </c>
-      <c r="C81" s="3"/>
-      <c r="D81" s="3"/>
+      <c r="C81" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E81" s="3" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G81" s="3">
-        <v>11500</v>
+        <v>8900</v>
       </c>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B82" t="s">
         <v>210</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3"/>
       <c r="E82" s="3" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G82" s="3">
-        <v>14900</v>
+        <v>12900</v>
       </c>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B83" t="s">
-        <v>215</v>
-[...6 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="C83" s="3"/>
+      <c r="D83" s="3"/>
       <c r="E83" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G83" s="3">
+        <v>16900</v>
       </c>
       <c r="H83" s="3"/>
-      <c r="I83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I83" s="3"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="B84" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>221</v>
+        <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H84" s="3" t="s">
-[...2 lines deleted...]
-      <c r="I84" s="3"/>
+      <c r="H84" s="3"/>
+      <c r="I84" s="3" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>12</v>
+        <v>221</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H85" s="3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H85" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="I85" s="3"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="B86" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="3"/>
       <c r="I86" s="3" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>233</v>
+        <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>12</v>
+        <v>230</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="3"/>
       <c r="I87" s="3" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B88" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>241</v>
+        <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="3"/>
       <c r="I88" s="3" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>24</v>
+        <v>238</v>
       </c>
       <c r="B89" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>19500</v>
+        <v>14</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H89" s="3"/>
-      <c r="I89" s="3"/>
+      <c r="I89" s="3" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>24</v>
       </c>
       <c r="B90" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C90" s="3"/>
+        <v>244</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>245</v>
+      </c>
       <c r="D90" s="3" t="s">
-        <v>12</v>
+        <v>246</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G90" s="3">
+        <v>19500</v>
+      </c>
+      <c r="H90" s="3"/>
+      <c r="I90" s="3"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>24</v>
       </c>
       <c r="B91" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
-        <v>253</v>
+        <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H91" s="3"/>
+      <c r="H91" s="3" t="s">
+        <v>250</v>
+      </c>
       <c r="I91" s="3" t="s">
-        <v>255</v>
+        <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>256</v>
+        <v>24</v>
       </c>
       <c r="B92" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>12</v>
+        <v>253</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="3"/>
-      <c r="I92" s="3"/>
+      <c r="I92" s="3" t="s">
+        <v>255</v>
+      </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>37</v>
+        <v>256</v>
       </c>
       <c r="B93" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>262</v>
+        <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>238</v>
+        <v>47</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="C94" s="3"/>
+        <v>260</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>261</v>
+      </c>
       <c r="D94" s="3" t="s">
-        <v>12</v>
+        <v>262</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>238</v>
       </c>
       <c r="B95" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>238</v>
       </c>
       <c r="B96" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>238</v>
       </c>
       <c r="B97" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>238</v>
       </c>
       <c r="B98" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>37</v>
+        <v>238</v>
       </c>
       <c r="B99" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="C99" s="3"/>
+        <v>272</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>273</v>
+      </c>
       <c r="D99" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H99" s="3"/>
+      <c r="I99" s="3"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B100" t="s">
         <v>275</v>
       </c>
       <c r="C100" s="3"/>
-      <c r="D100" s="3"/>
+      <c r="D100" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E100" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G100" s="3">
-        <v>16500</v>
+        <v>12000</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B101" t="s">
         <v>275</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3"/>
       <c r="E101" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G101" s="3">
-        <v>27500</v>
+        <v>18000</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B102" t="s">
         <v>275</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3"/>
       <c r="E102" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G102" s="3">
-        <v>55000</v>
+        <v>30000</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B103" t="s">
         <v>275</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3"/>
       <c r="E103" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G103" s="3">
-        <v>13000</v>
+        <v>60000</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B104" t="s">
         <v>275</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3"/>
       <c r="E104" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G104" s="3">
-        <v>14000</v>
+        <v>15500</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B105" t="s">
         <v>275</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3"/>
       <c r="E105" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G105" s="3">
-        <v>10500</v>
-[...1 lines deleted...]
-      <c r="H105" s="3"/>
+        <v>16500</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>287</v>
+      </c>
       <c r="I105" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="B106" t="s">
-        <v>289</v>
-[...6 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="C106" s="3"/>
+      <c r="D106" s="3"/>
       <c r="E106" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G106" s="3">
+        <v>11000</v>
+      </c>
+      <c r="H106" s="3"/>
       <c r="I106" s="3" t="s">
-        <v>290</v>
+        <v>53</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>233</v>
+        <v>9</v>
       </c>
       <c r="B107" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H107" s="3"/>
+      <c r="H107" s="3" t="s">
+        <v>292</v>
+      </c>
       <c r="I107" s="3" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>37</v>
+        <v>233</v>
       </c>
       <c r="B108" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H108" s="3"/>
-      <c r="I108" s="3"/>
+      <c r="I108" s="3" t="s">
+        <v>296</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B109" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B110" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H110" s="3"/>
       <c r="I110" s="3"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>256</v>
+        <v>47</v>
       </c>
       <c r="B111" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>258</v>
+        <v>304</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>9</v>
+        <v>256</v>
       </c>
       <c r="B112" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>92</v>
+        <v>258</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H112" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H112" s="3"/>
+      <c r="I112" s="3"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="B113" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>311</v>
+        <v>88</v>
       </c>
       <c r="D113" s="3" t="s">
-        <v>312</v>
+        <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H113" s="3" t="s">
-        <v>314</v>
+        <v>81</v>
       </c>
       <c r="I113" s="3" t="s">
-        <v>315</v>
+        <v>90</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B114" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="C114" s="3"/>
+        <v>310</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>311</v>
+      </c>
       <c r="D114" s="3" t="s">
-        <v>89</v>
+        <v>312</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H114" s="3"/>
-      <c r="I114" s="3"/>
+      <c r="H114" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>315</v>
+      </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="B115" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H115" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H115" s="3"/>
+      <c r="I115" s="3"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="B116" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G116" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H116" s="3"/>
+      <c r="H116" s="3" t="s">
+        <v>81</v>
+      </c>
       <c r="I116" s="3" t="s">
-        <v>324</v>
+        <v>209</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>238</v>
+        <v>42</v>
       </c>
       <c r="B117" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>327</v>
+        <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G117" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="3"/>
       <c r="I117" s="3" t="s">
-        <v>209</v>
+        <v>324</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>47</v>
+        <v>238</v>
       </c>
       <c r="B118" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D118" s="3" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="3"/>
-      <c r="I118" s="3"/>
+      <c r="I118" s="3" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="B119" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>4200</v>
+        <v>14</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>24</v>
       </c>
       <c r="B120" t="s">
         <v>333</v>
       </c>
-      <c r="C120" s="3"/>
-      <c r="D120" s="3"/>
+      <c r="C120" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>335</v>
+      </c>
       <c r="E120" s="3" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G120" s="3">
-        <v>12000</v>
+        <v>4200</v>
       </c>
       <c r="H120" s="3"/>
       <c r="I120" s="3"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>24</v>
       </c>
       <c r="B121" t="s">
         <v>333</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3"/>
       <c r="E121" s="3" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G121" s="3">
-        <v>19600</v>
+        <v>12000</v>
       </c>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>24</v>
       </c>
       <c r="B122" t="s">
         <v>333</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3"/>
       <c r="E122" s="3" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G122" s="3">
-        <v>38600</v>
+        <v>19600</v>
       </c>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>24</v>
       </c>
       <c r="B123" t="s">
         <v>333</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3"/>
       <c r="E123" s="3" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G123" s="3">
-        <v>76000</v>
+        <v>38600</v>
       </c>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>24</v>
       </c>
       <c r="B124" t="s">
         <v>333</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3"/>
       <c r="E124" s="3" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G124" s="3">
-        <v>182400</v>
+        <v>76000</v>
       </c>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B125" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="C125" s="3"/>
-      <c r="D125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G125" s="3">
-        <v>21900</v>
-[...6 lines deleted...]
-      </c>
+        <v>182400</v>
+      </c>
+      <c r="H125" s="3"/>
+      <c r="I125" s="3"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B126" t="s">
         <v>342</v>
       </c>
       <c r="C126" s="3"/>
-      <c r="D126" s="3"/>
+      <c r="D126" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E126" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G126" s="3">
-        <v>79500</v>
+        <v>22900</v>
       </c>
       <c r="H126" s="3" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="I126" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B127" t="s">
         <v>342</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3"/>
       <c r="E127" s="3" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G127" s="3">
-        <v>55500</v>
+        <v>83500</v>
       </c>
       <c r="H127" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B128" t="s">
         <v>342</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3"/>
       <c r="E128" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G128" s="3">
-        <v>82900</v>
-[...1 lines deleted...]
-      <c r="H128" s="3"/>
+        <v>58500</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>348</v>
+      </c>
       <c r="I128" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B129" t="s">
         <v>342</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3"/>
       <c r="E129" s="3" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G129" s="3">
-        <v>36500</v>
-[...3 lines deleted...]
-      </c>
+        <v>89900</v>
+      </c>
+      <c r="H129" s="3"/>
       <c r="I129" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B130" t="s">
         <v>342</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3"/>
       <c r="E130" s="3" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G130" s="3">
-        <v>21100</v>
-[...1 lines deleted...]
-      <c r="H130" s="3"/>
+        <v>36900</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>351</v>
+      </c>
       <c r="I130" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B131" t="s">
         <v>342</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3"/>
       <c r="E131" s="3" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G131" s="3">
-        <v>23100</v>
+        <v>22000</v>
       </c>
       <c r="H131" s="3"/>
       <c r="I131" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B132" t="s">
         <v>342</v>
       </c>
       <c r="C132" s="3"/>
       <c r="D132" s="3"/>
       <c r="E132" s="3" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G132" s="3">
+        <v>23100</v>
       </c>
       <c r="H132" s="3"/>
       <c r="I132" s="3" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="B133" t="s">
-        <v>355</v>
-[...6 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="C133" s="3"/>
+      <c r="D133" s="3"/>
       <c r="E133" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H133" s="3"/>
       <c r="I133" s="3" t="s">
-        <v>359</v>
+        <v>90</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>49</v>
+        <v>356</v>
       </c>
       <c r="D134" s="3" t="s">
-        <v>12</v>
+        <v>357</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H134" s="3"/>
       <c r="I134" s="3" t="s">
-        <v>51</v>
+        <v>359</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B135" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H135" s="3"/>
       <c r="I135" s="3" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="B136" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>365</v>
+        <v>44</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>366</v>
+        <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>42700</v>
+        <v>14</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H136" s="3"/>
-      <c r="I136" s="3"/>
+      <c r="I136" s="3" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>24</v>
       </c>
       <c r="B137" t="s">
         <v>364</v>
       </c>
-      <c r="C137" s="3"/>
-      <c r="D137" s="3"/>
+      <c r="C137" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="D137" s="3" t="s">
+        <v>366</v>
+      </c>
       <c r="E137" s="3" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G137" s="3">
-        <v>85400</v>
+        <v>42700</v>
       </c>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="B138" t="s">
-        <v>369</v>
-[...6 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="C138" s="3"/>
+      <c r="D138" s="3"/>
       <c r="E138" s="3" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G138" s="3">
+        <v>85400</v>
       </c>
       <c r="H138" s="3"/>
-      <c r="I138" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I138" s="3"/>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B139" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>12</v>
+        <v>371</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H139" s="3"/>
       <c r="I139" s="3" t="s">
-        <v>57</v>
+        <v>373</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B140" t="s">
         <v>374</v>
       </c>
-      <c r="C140" s="3"/>
-      <c r="D140" s="3"/>
+      <c r="C140" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E140" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G140" s="3">
-        <v>12900</v>
+        <v>11500</v>
       </c>
       <c r="H140" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="I140" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B141" t="s">
         <v>374</v>
       </c>
       <c r="C141" s="3"/>
       <c r="D141" s="3"/>
       <c r="E141" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H141" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G141" s="3">
+        <v>14900</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>379</v>
+      </c>
       <c r="I141" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="B142" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="C142" s="3"/>
-      <c r="D142" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D142" s="3"/>
       <c r="E142" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H142" s="3"/>
       <c r="I142" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B143" t="s">
         <v>381</v>
       </c>
       <c r="C143" s="3"/>
-      <c r="D143" s="3"/>
+      <c r="D143" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E143" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G143" s="3">
+        <v>50000</v>
       </c>
       <c r="H143" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B144" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="C144" s="3"/>
-      <c r="D144" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D144" s="3"/>
       <c r="E144" s="3" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H144" s="3" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="I144" s="3" t="s">
-        <v>389</v>
+        <v>53</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B145" t="s">
         <v>386</v>
       </c>
       <c r="C145" s="3"/>
-      <c r="D145" s="3"/>
+      <c r="D145" s="3" t="s">
+        <v>72</v>
+      </c>
       <c r="E145" s="3" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>42000</v>
+        <v>14</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H145" s="3" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="I145" s="3" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="B146" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="C146" s="3"/>
-      <c r="D146" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D146" s="3"/>
       <c r="E146" s="3" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H146" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G146" s="3">
+        <v>42000</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>391</v>
+      </c>
       <c r="I146" s="3" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>9</v>
       </c>
       <c r="B147" t="s">
         <v>393</v>
       </c>
       <c r="C147" s="3"/>
-      <c r="D147" s="3"/>
+      <c r="D147" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E147" s="3" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="3"/>
       <c r="I147" s="3" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="B148" t="s">
-        <v>398</v>
-[...6 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="C148" s="3"/>
+      <c r="D148" s="3"/>
       <c r="E148" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="3"/>
       <c r="I148" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B149" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H149" s="3"/>
-      <c r="I149" s="3"/>
+      <c r="I149" s="3" t="s">
+        <v>395</v>
+      </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>47</v>
       </c>
       <c r="B150" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H150" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H150" s="3"/>
+      <c r="I150" s="3"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="B151" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H151" s="3"/>
-      <c r="I151" s="3"/>
+      <c r="H151" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>9</v>
       </c>
       <c r="B152" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H152" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H152" s="3"/>
+      <c r="I152" s="3"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="B153" t="s">
-        <v>415</v>
-[...1 lines deleted...]
-      <c r="C153" s="3"/>
+        <v>410</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>411</v>
+      </c>
       <c r="D153" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H153" s="3" t="s">
-        <v>85</v>
+        <v>413</v>
       </c>
       <c r="I153" s="3" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B154" t="s">
-        <v>418</v>
-[...4 lines deleted...]
-      <c r="D154" s="3"/>
+        <v>415</v>
+      </c>
+      <c r="C154" s="3"/>
+      <c r="D154" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E154" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H154" s="3"/>
+      <c r="H154" s="3" t="s">
+        <v>81</v>
+      </c>
       <c r="I154" s="3" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B155" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="D155" s="3"/>
       <c r="E155" s="3" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H155" s="3"/>
       <c r="I155" s="3" t="s">
-        <v>57</v>
+        <v>419</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B156" t="s">
         <v>421</v>
       </c>
-      <c r="C156" s="3"/>
-      <c r="D156" s="3"/>
+      <c r="C156" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E156" s="3" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G156" s="3">
-        <v>30900</v>
+        <v>60900</v>
       </c>
       <c r="H156" s="3" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="I156" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B157" t="s">
         <v>421</v>
       </c>
       <c r="C157" s="3"/>
       <c r="D157" s="3"/>
       <c r="E157" s="3" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G157" s="3">
-        <v>20900</v>
+        <v>30900</v>
       </c>
       <c r="H157" s="3" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="I157" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B158" t="s">
         <v>421</v>
       </c>
       <c r="C158" s="3"/>
       <c r="D158" s="3"/>
       <c r="E158" s="3" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G158" s="3">
-        <v>23900</v>
+        <v>20900</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B159" t="s">
         <v>421</v>
       </c>
       <c r="C159" s="3"/>
       <c r="D159" s="3"/>
       <c r="E159" s="3" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H159" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G159" s="3">
+        <v>23900</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>430</v>
+      </c>
       <c r="I159" s="3" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B160" t="s">
         <v>421</v>
       </c>
       <c r="C160" s="3"/>
       <c r="D160" s="3"/>
       <c r="E160" s="3" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>56</v>
-[...7 lines deleted...]
-      <c r="I160" s="3"/>
+        <v>14</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H160" s="3"/>
+      <c r="I160" s="3" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B161" t="s">
-        <v>434</v>
-[...6 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="C161" s="3"/>
+      <c r="D161" s="3"/>
       <c r="E161" s="3" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H161" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G161" s="3">
+        <v>26900</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>433</v>
+      </c>
       <c r="I161" s="3"/>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>437</v>
+        <v>47</v>
       </c>
       <c r="B162" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G162" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>37</v>
+        <v>437</v>
       </c>
       <c r="B163" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>60</v>
+        <v>439</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G163" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>47</v>
       </c>
       <c r="B164" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>444</v>
+        <v>56</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="F164" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G164" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H164" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H164" s="3"/>
+      <c r="I164" s="3"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="B165" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>408</v>
+        <v>444</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="F165" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G165" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="3" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="I165" s="3" t="s">
-        <v>94</v>
+        <v>209</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>9</v>
       </c>
       <c r="B166" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="F166" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G166" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H166" s="3" t="s">
-        <v>413</v>
+        <v>16</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>414</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="B167" t="s">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="C167" s="3"/>
+        <v>448</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>411</v>
+      </c>
       <c r="D167" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>4100</v>
+        <v>14</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H167" s="3" t="s">
-        <v>452</v>
+        <v>413</v>
       </c>
       <c r="I167" s="3" t="s">
-        <v>57</v>
+        <v>414</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B168" t="s">
         <v>450</v>
       </c>
       <c r="C168" s="3"/>
-      <c r="D168" s="3"/>
+      <c r="D168" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E168" s="3" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G168" s="3">
-        <v>6500</v>
+        <v>4100</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B169" t="s">
         <v>450</v>
       </c>
       <c r="C169" s="3"/>
       <c r="D169" s="3"/>
       <c r="E169" s="3" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G169" s="3">
-        <v>7600</v>
+        <v>6500</v>
       </c>
       <c r="H169" s="3" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="I169" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B170" t="s">
         <v>450</v>
       </c>
       <c r="C170" s="3"/>
       <c r="D170" s="3"/>
       <c r="E170" s="3" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G170" s="3">
-        <v>8300</v>
+        <v>7600</v>
       </c>
       <c r="H170" s="3" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="I170" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B171" t="s">
         <v>450</v>
       </c>
       <c r="C171" s="3"/>
       <c r="D171" s="3"/>
       <c r="E171" s="3" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G171" s="3">
-        <v>13600</v>
+        <v>8300</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B172" t="s">
         <v>450</v>
       </c>
       <c r="C172" s="3"/>
       <c r="D172" s="3"/>
       <c r="E172" s="3" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H172" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G172" s="3">
+        <v>13600</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>460</v>
+      </c>
       <c r="I172" s="3" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>233</v>
+        <v>47</v>
       </c>
       <c r="B173" t="s">
-        <v>462</v>
-[...6 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="C173" s="3"/>
+      <c r="D173" s="3"/>
       <c r="E173" s="3" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H173" s="3"/>
       <c r="I173" s="3" t="s">
-        <v>466</v>
+        <v>218</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>99</v>
+        <v>233</v>
       </c>
       <c r="B174" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="D174" s="3" t="s">
-        <v>76</v>
+        <v>464</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H174" s="3"/>
       <c r="I174" s="3" t="s">
-        <v>57</v>
+        <v>466</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="B175" t="s">
+        <v>467</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D175" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F175" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G175" s="3">
+        <v>63900</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="I175" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9">
+      <c r="A176" t="s">
+        <v>47</v>
+      </c>
+      <c r="B176" t="s">
         <v>470</v>
       </c>
-      <c r="C175" s="3" t="s">
+      <c r="C176" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="D175" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="D176" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>472</v>
-      </c>
-[...18 lines deleted...]
-        <v>474</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G176" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H176" s="3"/>
       <c r="I176" s="3"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B177" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G177" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
         <v>233</v>
       </c>
       <c r="B178" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G178" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H178" s="3"/>
       <c r="I178" s="3" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
         <v>24</v>
       </c>
       <c r="B179" t="s">
+        <v>479</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="D179" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="C179" s="3" t="s">
+      <c r="E179" s="3" t="s">
         <v>482</v>
-      </c>
-[...4 lines deleted...]
-        <v>484</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G179" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B180" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G180" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="3"/>
       <c r="I180" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B181" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="C181" s="3"/>
       <c r="D181" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G181" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B182" t="s">
+        <v>487</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="D182" s="3"/>
+      <c r="E182" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="C182" s="3"/>
-[...3 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H182" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H182" s="3"/>
       <c r="I182" s="3"/>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="B183" t="s">
         <v>491</v>
       </c>
       <c r="C183" s="3"/>
       <c r="D183" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="E183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F183" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H183" s="3"/>
       <c r="I183" s="3"/>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
         <v>24</v>
       </c>
       <c r="B184" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C184" s="3"/>
-      <c r="D184" s="3"/>
+      <c r="D184" s="3" t="s">
+        <v>494</v>
+      </c>
       <c r="E184" s="3" t="s">
         <v>495</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G184" s="3">
-        <v>19900</v>
+        <v>11900</v>
       </c>
       <c r="H184" s="3" t="s">
         <v>496</v>
       </c>
       <c r="I184" s="3"/>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
         <v>24</v>
       </c>
       <c r="B185" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C185" s="3"/>
       <c r="D185" s="3"/>
       <c r="E185" s="3" t="s">
         <v>497</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G185" s="3">
-        <v>49900</v>
+        <v>19900</v>
       </c>
       <c r="H185" s="3" t="s">
         <v>498</v>
       </c>
       <c r="I185" s="3"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="B186" t="s">
+        <v>493</v>
+      </c>
+      <c r="C186" s="3"/>
+      <c r="D186" s="3"/>
+      <c r="E186" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="C186" s="3"/>
-[...3 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F186" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G186" s="3">
+        <v>49900</v>
+      </c>
+      <c r="H186" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="I186" s="3"/>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="B187" t="s">
         <v>501</v>
       </c>
       <c r="C187" s="3"/>
       <c r="D187" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>502</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H187" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H187" s="3"/>
       <c r="I187" s="3" t="s">
-        <v>477</v>
+        <v>46</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="B188" t="s">
         <v>503</v>
       </c>
       <c r="C188" s="3"/>
       <c r="D188" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
         <v>504</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G188" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>209</v>
+        <v>475</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="B189" t="s">
         <v>505</v>
       </c>
       <c r="C189" s="3"/>
       <c r="D189" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
         <v>506</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G189" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H189" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I189" s="3" t="s">
-        <v>86</v>
+        <v>209</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="B190" t="s">
         <v>507</v>
       </c>
       <c r="C190" s="3"/>
       <c r="D190" s="3" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
         <v>508</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G190" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H190" s="3"/>
-      <c r="I190" s="3"/>
+      <c r="H190" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="B191" t="s">
         <v>509</v>
       </c>
       <c r="C191" s="3"/>
       <c r="D191" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>510</v>
       </c>
-      <c r="E191" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F191" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H191" s="3"/>
       <c r="I191" s="3"/>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
         <v>24</v>
       </c>
       <c r="B192" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="C192" s="3"/>
-      <c r="D192" s="3"/>
+      <c r="D192" s="3" t="s">
+        <v>512</v>
+      </c>
       <c r="E192" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G192" s="3">
-        <v>285000</v>
+        <v>53000</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="I192" s="3"/>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B193" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C193" s="3"/>
-      <c r="D193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D193" s="3"/>
       <c r="E193" s="3" t="s">
         <v>514</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G193" s="3">
-        <v>7300</v>
+        <v>285000</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="I193" s="3"/>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B194" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C194" s="3"/>
-      <c r="D194" s="3"/>
+      <c r="D194" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E194" s="3" t="s">
         <v>516</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G194" s="3">
-        <v>9600</v>
+        <v>7500</v>
       </c>
       <c r="H194" s="3" t="s">
         <v>517</v>
       </c>
       <c r="I194" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B195" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C195" s="3"/>
       <c r="D195" s="3"/>
       <c r="E195" s="3" t="s">
         <v>518</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G195" s="3">
-        <v>39200</v>
+        <v>14600</v>
       </c>
       <c r="H195" s="3" t="s">
         <v>519</v>
       </c>
       <c r="I195" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B196" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C196" s="3"/>
       <c r="D196" s="3"/>
       <c r="E196" s="3" t="s">
         <v>520</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G196" s="3">
-        <v>10500</v>
+        <v>39900</v>
       </c>
       <c r="H196" s="3" t="s">
         <v>521</v>
       </c>
       <c r="I196" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B197" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C197" s="3"/>
       <c r="D197" s="3"/>
       <c r="E197" s="3" t="s">
         <v>522</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G197" s="3">
-        <v>11900</v>
-[...1 lines deleted...]
-      <c r="H197" s="3"/>
+        <v>10900</v>
+      </c>
+      <c r="H197" s="3" t="s">
+        <v>523</v>
+      </c>
       <c r="I197" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B198" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C198" s="3"/>
       <c r="D198" s="3"/>
       <c r="E198" s="3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G198" s="3">
+        <v>11900</v>
       </c>
       <c r="H198" s="3"/>
       <c r="I198" s="3" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>256</v>
+        <v>47</v>
       </c>
       <c r="B199" t="s">
-        <v>524</v>
-[...6 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="C199" s="3"/>
+      <c r="D199" s="3"/>
       <c r="E199" s="3" t="s">
         <v>525</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G199" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H199" s="3"/>
-      <c r="I199" s="3"/>
+      <c r="I199" s="3" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>99</v>
+        <v>256</v>
       </c>
       <c r="B200" t="s">
         <v>526</v>
       </c>
-      <c r="C200" s="3"/>
+      <c r="C200" s="3" t="s">
+        <v>258</v>
+      </c>
       <c r="D200" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>527</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H200" s="3"/>
+      <c r="I200" s="3"/>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B201" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C201" s="3"/>
-      <c r="D201" s="3"/>
+      <c r="D201" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E201" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G201" s="3">
-        <v>25000</v>
+        <v>13000</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="I201" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B202" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C202" s="3"/>
       <c r="D202" s="3"/>
       <c r="E202" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G202" s="3">
-        <v>27200</v>
+        <v>26000</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="I202" s="3"/>
+        <v>99</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B203" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C203" s="3"/>
       <c r="D203" s="3"/>
       <c r="E203" s="3" t="s">
         <v>531</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G203" s="3">
-        <v>13600</v>
+        <v>30000</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="I203" s="3"/>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B204" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C204" s="3"/>
       <c r="D204" s="3"/>
       <c r="E204" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="F204" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G204" s="3">
+        <v>15000</v>
+      </c>
+      <c r="H204" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I204" s="3"/>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B205" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C205" s="3"/>
       <c r="D205" s="3"/>
       <c r="E205" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F205" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G205" s="3">
+        <v>36000</v>
+      </c>
+      <c r="H205" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H205" s="3" t="s">
+      <c r="I205" s="3" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B206" t="s">
+        <v>528</v>
+      </c>
+      <c r="C206" s="3"/>
+      <c r="D206" s="3"/>
+      <c r="E206" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="C206" s="3"/>
-[...3 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G206" s="3">
+        <v>18000</v>
+      </c>
+      <c r="H206" s="3" t="s">
         <v>538</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H206" s="3"/>
       <c r="I206" s="3" t="s">
-        <v>51</v>
+        <v>536</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="B207" t="s">
         <v>539</v>
       </c>
       <c r="C207" s="3"/>
       <c r="D207" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="E207" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F207" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G207" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H207" s="3"/>
-      <c r="I207" s="3"/>
+      <c r="I207" s="3" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B208" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C208" s="3"/>
       <c r="D208" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="E208" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F208" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G208" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H208" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H208" s="3"/>
+      <c r="I208" s="3"/>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>233</v>
+        <v>24</v>
       </c>
       <c r="B209" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="C209" s="3"/>
       <c r="D209" s="3" t="s">
-        <v>464</v>
+        <v>545</v>
       </c>
       <c r="E209" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H209" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="I209" s="3" t="s">
         <v>547</v>
-      </c>
-[...10 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>437</v>
+        <v>233</v>
       </c>
       <c r="B210" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C210" s="3"/>
       <c r="D210" s="3" t="s">
-        <v>12</v>
+        <v>464</v>
       </c>
       <c r="E210" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H210" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="I210" s="3" t="s">
         <v>551</v>
-      </c>
-[...8 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="B211" t="s">
         <v>552</v>
       </c>
       <c r="C211" s="3"/>
       <c r="D211" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>553</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G211" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H211" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H211" s="3"/>
       <c r="I211" s="3" t="s">
-        <v>94</v>
+        <v>218</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B212" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C212" s="3"/>
       <c r="D212" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H212" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="E212" s="3" t="s">
-[...9 lines deleted...]
-      <c r="I212" s="3"/>
+      <c r="I212" s="3" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="B213" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="C213" s="3"/>
       <c r="D213" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="F213" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G213" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H213" s="3"/>
       <c r="I213" s="3"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="B214" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="C214" s="3"/>
       <c r="D214" s="3" t="s">
-        <v>12</v>
+        <v>561</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>562</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H214" s="3"/>
+      <c r="I214" s="3"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B215" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C215" s="3"/>
-      <c r="D215" s="3"/>
+      <c r="D215" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E215" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G215" s="3">
+        <v>15000</v>
+      </c>
+      <c r="H215" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H215" s="3" t="s">
+      <c r="I215" s="3" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B216" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C216" s="3"/>
       <c r="D216" s="3"/>
       <c r="E216" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G216" s="3">
+        <v>14400</v>
+      </c>
+      <c r="H216" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H216" s="3" t="s">
+      <c r="I216" s="3" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B217" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C217" s="3"/>
       <c r="D217" s="3"/>
       <c r="E217" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G217" s="3">
+        <v>28500</v>
+      </c>
+      <c r="H217" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I217" s="3" t="s">
-        <v>57</v>
+        <v>572</v>
       </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B218" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C218" s="3"/>
       <c r="D218" s="3"/>
       <c r="E218" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G218" s="3">
-        <v>12500</v>
+        <v>26000</v>
       </c>
       <c r="H218" s="3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="I218" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B219" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C219" s="3"/>
       <c r="D219" s="3"/>
       <c r="E219" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G219" s="3">
-        <v>36000</v>
+        <v>13000</v>
       </c>
       <c r="H219" s="3" t="s">
-        <v>129</v>
+        <v>97</v>
       </c>
       <c r="I219" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B220" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C220" s="3"/>
       <c r="D220" s="3"/>
       <c r="E220" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G220" s="3">
-        <v>18000</v>
+        <v>39000</v>
       </c>
       <c r="H220" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I220" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B221" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C221" s="3"/>
       <c r="D221" s="3"/>
       <c r="E221" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G221" s="3">
-        <v>25900</v>
+        <v>19500</v>
       </c>
       <c r="H221" s="3" t="s">
-        <v>576</v>
+        <v>128</v>
       </c>
       <c r="I221" s="3" t="s">
-        <v>577</v>
+        <v>53</v>
       </c>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B222" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C222" s="3"/>
       <c r="D222" s="3"/>
       <c r="E222" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G222" s="3">
+        <v>25900</v>
+      </c>
+      <c r="H222" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H222" s="3" t="s">
+      <c r="I222" s="3" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B223" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C223" s="3"/>
       <c r="D223" s="3"/>
       <c r="E223" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G223" s="3">
+        <v>28800</v>
+      </c>
+      <c r="H223" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H223" s="3" t="s">
+      <c r="I223" s="3" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B224" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C224" s="3"/>
       <c r="D224" s="3"/>
       <c r="E224" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G224" s="3">
-        <v>19000</v>
-[...2 lines deleted...]
-      <c r="I224" s="3"/>
+        <v>51800</v>
+      </c>
+      <c r="H224" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="I224" s="3" t="s">
+        <v>579</v>
+      </c>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B225" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C225" s="3"/>
       <c r="D225" s="3"/>
       <c r="E225" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G225" s="3">
-        <v>54000</v>
-[...3 lines deleted...]
-      </c>
+        <v>19000</v>
+      </c>
+      <c r="H225" s="3"/>
       <c r="I225" s="3"/>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B226" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C226" s="3"/>
       <c r="D226" s="3"/>
       <c r="E226" s="3" t="s">
         <v>586</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G226" s="3">
-        <v>27200</v>
+        <v>57000</v>
       </c>
       <c r="H226" s="3" t="s">
         <v>587</v>
       </c>
       <c r="I226" s="3"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="B227" t="s">
+        <v>563</v>
+      </c>
+      <c r="C227" s="3"/>
+      <c r="D227" s="3"/>
+      <c r="E227" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="C227" s="3"/>
-[...3 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="F227" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G227" s="3">
+        <v>30000</v>
+      </c>
+      <c r="H227" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="I227" s="3"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B228" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C228" s="3"/>
-      <c r="D228" s="3"/>
+      <c r="D228" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E228" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="F228" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G228" s="3">
+        <v>20900</v>
+      </c>
+      <c r="H228" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...5 lines deleted...]
-      <c r="H228" s="3" t="s">
+      <c r="I228" s="3" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B229" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C229" s="3"/>
       <c r="D229" s="3"/>
       <c r="E229" s="3" t="s">
         <v>594</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G229" s="3">
-        <v>23600</v>
+        <v>27900</v>
       </c>
       <c r="H229" s="3" t="s">
         <v>595</v>
       </c>
       <c r="I229" s="3" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B230" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C230" s="3"/>
       <c r="D230" s="3"/>
       <c r="E230" s="3" t="s">
         <v>596</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G230" s="3">
-        <v>28900</v>
+        <v>25600</v>
       </c>
       <c r="H230" s="3" t="s">
         <v>597</v>
       </c>
       <c r="I230" s="3" t="s">
-        <v>57</v>
+        <v>593</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B231" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C231" s="3"/>
       <c r="D231" s="3"/>
       <c r="E231" s="3" t="s">
         <v>598</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G231" s="3">
-        <v>22900</v>
+        <v>30900</v>
       </c>
       <c r="H231" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="I231" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B232" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C232" s="3"/>
       <c r="D232" s="3"/>
       <c r="E232" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G232" s="3">
-        <v>24600</v>
+        <v>23900</v>
       </c>
       <c r="H232" s="3" t="s">
         <v>600</v>
       </c>
       <c r="I232" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B233" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C233" s="3"/>
       <c r="D233" s="3"/>
       <c r="E233" s="3" t="s">
         <v>601</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G233" s="3">
-        <v>29600</v>
+        <v>24600</v>
       </c>
       <c r="H233" s="3" t="s">
         <v>602</v>
       </c>
       <c r="I233" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B234" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C234" s="3"/>
       <c r="D234" s="3"/>
       <c r="E234" s="3" t="s">
         <v>603</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G234" s="3">
-        <v>23600</v>
+        <v>29600</v>
       </c>
       <c r="H234" s="3" t="s">
         <v>604</v>
       </c>
       <c r="I234" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B235" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C235" s="3"/>
       <c r="D235" s="3"/>
       <c r="E235" s="3" t="s">
         <v>605</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G235" s="3">
-        <v>27600</v>
+        <v>25600</v>
       </c>
       <c r="H235" s="3" t="s">
         <v>606</v>
       </c>
       <c r="I235" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B236" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C236" s="3"/>
       <c r="D236" s="3"/>
       <c r="E236" s="3" t="s">
         <v>607</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G236" s="3">
-        <v>23300</v>
+        <v>27600</v>
       </c>
       <c r="H236" s="3" t="s">
         <v>608</v>
       </c>
       <c r="I236" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B237" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C237" s="3"/>
       <c r="D237" s="3"/>
       <c r="E237" s="3" t="s">
         <v>609</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G237" s="3">
-        <v>29600</v>
+        <v>23300</v>
       </c>
       <c r="H237" s="3" t="s">
         <v>610</v>
       </c>
       <c r="I237" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B238" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C238" s="3"/>
       <c r="D238" s="3"/>
       <c r="E238" s="3" t="s">
         <v>611</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G238" s="3">
-        <v>23300</v>
+        <v>29600</v>
       </c>
       <c r="H238" s="3" t="s">
         <v>612</v>
       </c>
       <c r="I238" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B239" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C239" s="3"/>
       <c r="D239" s="3"/>
       <c r="E239" s="3" t="s">
         <v>613</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G239" s="3">
-        <v>29600</v>
+        <v>23300</v>
       </c>
       <c r="H239" s="3" t="s">
         <v>614</v>
       </c>
       <c r="I239" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B240" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C240" s="3"/>
       <c r="D240" s="3"/>
       <c r="E240" s="3" t="s">
         <v>615</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G240" s="3">
-        <v>24600</v>
+        <v>29600</v>
       </c>
       <c r="H240" s="3" t="s">
         <v>616</v>
       </c>
       <c r="I240" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B241" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C241" s="3"/>
       <c r="D241" s="3"/>
       <c r="E241" s="3" t="s">
         <v>617</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G241" s="3">
-        <v>29600</v>
+        <v>26600</v>
       </c>
       <c r="H241" s="3" t="s">
         <v>618</v>
       </c>
       <c r="I241" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B242" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C242" s="3"/>
       <c r="D242" s="3"/>
       <c r="E242" s="3" t="s">
         <v>619</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G242" s="3">
-        <v>26900</v>
+        <v>29600</v>
       </c>
       <c r="H242" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="I242" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B243" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C243" s="3"/>
       <c r="D243" s="3"/>
       <c r="E243" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G243" s="3">
-        <v>31900</v>
+        <v>29900</v>
       </c>
       <c r="H243" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="I243" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B244" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C244" s="3"/>
       <c r="D244" s="3"/>
       <c r="E244" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G244" s="3">
-        <v>26900</v>
+        <v>31900</v>
       </c>
       <c r="H244" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="I244" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B245" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C245" s="3"/>
       <c r="D245" s="3"/>
       <c r="E245" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G245" s="3">
-        <v>31900</v>
+        <v>29900</v>
       </c>
       <c r="H245" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="I245" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B246" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C246" s="3"/>
       <c r="D246" s="3"/>
       <c r="E246" s="3" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G246" s="3">
-        <v>25900</v>
+        <v>31900</v>
       </c>
       <c r="H246" s="3" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="I246" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B247" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C247" s="3"/>
       <c r="D247" s="3"/>
       <c r="E247" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G247" s="3">
-        <v>31900</v>
+        <v>25900</v>
       </c>
       <c r="H247" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="I247" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B248" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C248" s="3"/>
       <c r="D248" s="3"/>
       <c r="E248" s="3" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H248" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G248" s="3">
+        <v>31900</v>
+      </c>
+      <c r="H248" s="3" t="s">
+        <v>624</v>
+      </c>
       <c r="I248" s="3" t="s">
-        <v>218</v>
+        <v>53</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>238</v>
+        <v>47</v>
       </c>
       <c r="B249" t="s">
-        <v>626</v>
+        <v>590</v>
       </c>
       <c r="C249" s="3"/>
-      <c r="D249" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D249" s="3"/>
       <c r="E249" s="3" t="s">
         <v>627</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>20900</v>
+        <v>14</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H249" s="3"/>
-      <c r="I249" s="3"/>
+      <c r="I249" s="3" t="s">
+        <v>218</v>
+      </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
         <v>238</v>
       </c>
       <c r="B250" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C250" s="3"/>
-      <c r="D250" s="3"/>
+      <c r="D250" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E250" s="3" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G250" s="3">
-        <v>25600</v>
+        <v>20900</v>
       </c>
       <c r="H250" s="3"/>
       <c r="I250" s="3"/>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
         <v>238</v>
       </c>
       <c r="B251" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C251" s="3"/>
       <c r="D251" s="3"/>
       <c r="E251" s="3" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G251" s="3">
-        <v>33600</v>
+        <v>25600</v>
       </c>
       <c r="H251" s="3"/>
       <c r="I251" s="3"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
         <v>238</v>
       </c>
       <c r="B252" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C252" s="3"/>
       <c r="D252" s="3"/>
       <c r="E252" s="3" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G252" s="3">
-        <v>41900</v>
+        <v>33600</v>
       </c>
       <c r="H252" s="3"/>
       <c r="I252" s="3"/>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
         <v>238</v>
       </c>
       <c r="B253" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C253" s="3"/>
       <c r="D253" s="3"/>
       <c r="E253" s="3" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G253" s="3">
-        <v>51100</v>
+        <v>41900</v>
       </c>
       <c r="H253" s="3"/>
       <c r="I253" s="3"/>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
         <v>238</v>
       </c>
       <c r="B254" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C254" s="3"/>
       <c r="D254" s="3"/>
       <c r="E254" s="3" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G254" s="3">
-        <v>62900</v>
+        <v>51100</v>
       </c>
       <c r="H254" s="3"/>
       <c r="I254" s="3"/>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
         <v>238</v>
       </c>
       <c r="B255" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="C255" s="3"/>
-      <c r="D255" s="3" t="s">
+      <c r="D255" s="3"/>
+      <c r="E255" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="E255" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F255" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G255" s="3">
+        <v>62900</v>
       </c>
       <c r="H255" s="3"/>
-      <c r="I255" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I255" s="3"/>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>81</v>
+        <v>238</v>
       </c>
       <c r="B256" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C256" s="3"/>
       <c r="D256" s="3" t="s">
-        <v>12</v>
+        <v>636</v>
       </c>
       <c r="E256" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="F256" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H256" s="3"/>
+      <c r="I256" s="3" t="s">
         <v>638</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>9</v>
+        <v>77</v>
       </c>
       <c r="B257" t="s">
         <v>639</v>
       </c>
-      <c r="C257" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C257" s="3"/>
       <c r="D257" s="3" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>640</v>
       </c>
       <c r="F257" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H257" s="3" t="s">
-        <v>413</v>
+        <v>81</v>
       </c>
       <c r="I257" s="3" t="s">
-        <v>414</v>
+        <v>82</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="B258" t="s">
         <v>641</v>
       </c>
-      <c r="C258" s="3"/>
+      <c r="C258" s="3" t="s">
+        <v>411</v>
+      </c>
       <c r="D258" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="E258" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F258" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>16900</v>
+        <v>14</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H258" s="3" t="s">
-        <v>644</v>
-[...1 lines deleted...]
-      <c r="I258" s="3"/>
+        <v>413</v>
+      </c>
+      <c r="I258" s="3" t="s">
+        <v>414</v>
+      </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="B259" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="C259" s="3"/>
+        <v>643</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>644</v>
+      </c>
       <c r="D259" s="3"/>
       <c r="E259" s="3" t="s">
         <v>645</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>47900</v>
+        <v>14</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H259" s="3" t="s">
         <v>646</v>
       </c>
       <c r="I259" s="3"/>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
         <v>24</v>
       </c>
       <c r="B260" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="C260" s="3"/>
-      <c r="D260" s="3"/>
+      <c r="D260" s="3" t="s">
+        <v>648</v>
+      </c>
       <c r="E260" s="3" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G260" s="3">
-        <v>91000</v>
+        <v>16900</v>
       </c>
       <c r="H260" s="3" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="I260" s="3"/>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
         <v>24</v>
       </c>
       <c r="B261" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="C261" s="3"/>
       <c r="D261" s="3"/>
       <c r="E261" s="3" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G261" s="3">
-        <v>169000</v>
+        <v>47900</v>
       </c>
       <c r="H261" s="3" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="I261" s="3"/>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="B262" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="C262" s="3"/>
-      <c r="D262" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D262" s="3"/>
       <c r="E262" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H262" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G262" s="3">
+        <v>91000</v>
+      </c>
+      <c r="H262" s="3" t="s">
+        <v>654</v>
+      </c>
       <c r="I262" s="3"/>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="B263" t="s">
-        <v>653</v>
-[...6 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="C263" s="3"/>
+      <c r="D263" s="3"/>
       <c r="E263" s="3" t="s">
         <v>655</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H263" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G263" s="3">
+        <v>169000</v>
+      </c>
+      <c r="H263" s="3" t="s">
+        <v>656</v>
+      </c>
       <c r="I263" s="3"/>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="B264" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C264" s="3"/>
       <c r="D264" s="3" t="s">
-        <v>657</v>
+        <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>658</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H264" s="3"/>
       <c r="I264" s="3"/>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B265" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-      <c r="D265" s="3"/>
+        <v>659</v>
+      </c>
+      <c r="C265" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="D265" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E265" s="3" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H265" s="3"/>
       <c r="I265" s="3"/>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B266" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C266" s="3"/>
-      <c r="D266" s="3"/>
+      <c r="D266" s="3" t="s">
+        <v>663</v>
+      </c>
       <c r="E266" s="3" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G266" s="3">
-        <v>59900</v>
+        <v>29000</v>
       </c>
       <c r="H266" s="3" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="I266" s="3"/>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B267" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C267" s="3"/>
       <c r="D267" s="3"/>
       <c r="E267" s="3" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G267" s="3">
-        <v>64900</v>
+        <v>34900</v>
       </c>
       <c r="H267" s="3" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="I267" s="3"/>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B268" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C268" s="3"/>
       <c r="D268" s="3"/>
       <c r="E268" s="3" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G268" s="3">
-        <v>34900</v>
+        <v>59900</v>
       </c>
       <c r="H268" s="3" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>668</v>
+      </c>
+      <c r="I268" s="3"/>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B269" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C269" s="3"/>
       <c r="D269" s="3"/>
       <c r="E269" s="3" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G269" s="3">
         <v>64900</v>
       </c>
       <c r="H269" s="3" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="I269" s="3"/>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B270" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C270" s="3"/>
       <c r="D270" s="3"/>
       <c r="E270" s="3" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H270" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G270" s="3">
+        <v>34900</v>
+      </c>
+      <c r="H270" s="3" t="s">
+        <v>671</v>
+      </c>
       <c r="I270" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="B271" t="s">
-        <v>669</v>
-[...6 lines deleted...]
-      </c>
+        <v>662</v>
+      </c>
+      <c r="C271" s="3"/>
+      <c r="D271" s="3"/>
       <c r="E271" s="3" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G271" s="3">
+        <v>64900</v>
       </c>
       <c r="H271" s="3" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>673</v>
+      </c>
+      <c r="I271" s="3"/>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="B272" t="s">
-        <v>671</v>
-[...6 lines deleted...]
-      </c>
+        <v>662</v>
+      </c>
+      <c r="C272" s="3"/>
+      <c r="D272" s="3"/>
       <c r="E272" s="3" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F272" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G272" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H272" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H272" s="3"/>
       <c r="I272" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
         <v>9</v>
       </c>
       <c r="B273" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="F273" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H273" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="I273" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="B274" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="D274" s="3"/>
+        <v>88</v>
+      </c>
+      <c r="D274" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E274" s="3" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H274" s="3"/>
+      <c r="H274" s="3" t="s">
+        <v>81</v>
+      </c>
       <c r="I274" s="3" t="s">
-        <v>676</v>
+        <v>90</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
-        <v>437</v>
+        <v>9</v>
       </c>
       <c r="B275" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="C275" s="3"/>
+        <v>679</v>
+      </c>
+      <c r="C275" s="3" t="s">
+        <v>88</v>
+      </c>
       <c r="D275" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F275" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="H275" s="3"/>
-      <c r="I275" s="3"/>
+      <c r="H275" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I275" s="3" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B276" t="s">
-        <v>680</v>
-[...4 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="C276" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="D276" s="3"/>
       <c r="E276" s="3" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="F276" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G276" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H276" s="3"/>
-      <c r="I276" s="3"/>
+      <c r="I276" s="3" t="s">
+        <v>682</v>
+      </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>81</v>
+        <v>437</v>
       </c>
       <c r="B277" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C277" s="3"/>
       <c r="D277" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H277" s="3"/>
-      <c r="I277" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I277" s="3"/>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B278" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C278" s="3"/>
       <c r="D278" s="3" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="F278" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G278" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H278" s="3"/>
       <c r="I278" s="3"/>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="B279" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C279" s="3"/>
       <c r="D279" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="F279" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H279" s="3"/>
       <c r="I279" s="3" t="s">
-        <v>86</v>
+        <v>475</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B280" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C280" s="3"/>
       <c r="D280" s="3" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="F280" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H280" s="3"/>
       <c r="I280" s="3"/>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
-        <v>690</v>
+        <v>42</v>
       </c>
       <c r="B281" t="s">
-        <v>691</v>
-[...1 lines deleted...]
-      <c r="C281" s="3" t="s">
         <v>692</v>
       </c>
+      <c r="C281" s="3"/>
       <c r="D281" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="E281" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F281" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H281" s="3"/>
-      <c r="I281" s="3"/>
+      <c r="I281" s="3" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
         <v>47</v>
       </c>
       <c r="B282" t="s">
-        <v>695</v>
+        <v>694</v>
       </c>
       <c r="C282" s="3"/>
       <c r="D282" s="3" t="s">
-        <v>696</v>
+        <v>85</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="F282" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G282" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H282" s="3"/>
-      <c r="I282" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I282" s="3"/>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>24</v>
+        <v>696</v>
       </c>
       <c r="B283" t="s">
+        <v>697</v>
+      </c>
+      <c r="C283" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="C283" s="3"/>
       <c r="D283" s="3" t="s">
         <v>699</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>700</v>
       </c>
       <c r="F283" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G283" s="3" t="s">
         <v>15</v>
       </c>
       <c r="H283" s="3"/>
       <c r="I283" s="3"/>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="B284" t="s">
         <v>701</v>
       </c>
       <c r="C284" s="3"/>
       <c r="D284" s="3" t="s">
-        <v>12</v>
+        <v>702</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>101</v>
+        <v>703</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>56</v>
-[...6 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H284" s="3"/>
       <c r="I284" s="3" t="s">
-        <v>57</v>
+        <v>660</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="B285" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C285" s="3"/>
-      <c r="D285" s="3"/>
+      <c r="D285" s="3" t="s">
+        <v>705</v>
+      </c>
       <c r="E285" s="3" t="s">
-        <v>103</v>
+        <v>706</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H285" s="3"/>
+      <c r="I285" s="3"/>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B286" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="C286" s="3"/>
-      <c r="D286" s="3"/>
+      <c r="D286" s="3" t="s">
+        <v>12</v>
+      </c>
       <c r="E286" s="3" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G286" s="3">
-        <v>18000</v>
+        <v>13000</v>
       </c>
       <c r="H286" s="3" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="I286" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B287" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="C287" s="3"/>
       <c r="D287" s="3"/>
       <c r="E287" s="3" t="s">
-        <v>702</v>
+        <v>99</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G287" s="3">
-        <v>36000</v>
+        <v>26000</v>
       </c>
       <c r="H287" s="3" t="s">
-        <v>129</v>
+        <v>99</v>
       </c>
       <c r="I287" s="3" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="B288" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="C288" s="3"/>
-      <c r="D288" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D288" s="3"/>
       <c r="E288" s="3" t="s">
-        <v>704</v>
+        <v>128</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H288" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G288" s="3">
+        <v>19500</v>
+      </c>
+      <c r="H288" s="3" t="s">
+        <v>128</v>
+      </c>
       <c r="I288" s="3" t="s">
-        <v>477</v>
+        <v>53</v>
       </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="B289" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="C289" s="3"/>
-      <c r="D289" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D289" s="3"/>
       <c r="E289" s="3" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H289" s="3"/>
+        <v>52</v>
+      </c>
+      <c r="G289" s="3">
+        <v>39000</v>
+      </c>
+      <c r="H289" s="3" t="s">
+        <v>129</v>
+      </c>
       <c r="I289" s="3" t="s">
-        <v>708</v>
+        <v>53</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="B290" t="s">
         <v>709</v>
       </c>
       <c r="C290" s="3"/>
       <c r="D290" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="E290" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F290" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>22900</v>
+        <v>14</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H290" s="3"/>
-      <c r="I290" s="3"/>
+      <c r="I290" s="3" t="s">
+        <v>475</v>
+      </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="B291" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="C291" s="3"/>
       <c r="D291" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="E291" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F291" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>150000</v>
+        <v>14</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H291" s="3"/>
       <c r="I291" s="3" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>238</v>
+        <v>24</v>
       </c>
       <c r="B292" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="C292" s="3"/>
-      <c r="D292" s="3"/>
+      <c r="D292" s="3" t="s">
+        <v>716</v>
+      </c>
       <c r="E292" s="3" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G292" s="3">
-        <v>286000</v>
+        <v>22900</v>
       </c>
       <c r="H292" s="3"/>
-      <c r="I292" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I292" s="3"/>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
         <v>238</v>
       </c>
       <c r="B293" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C293" s="3"/>
-      <c r="D293" s="3"/>
+      <c r="D293" s="3" t="s">
+        <v>719</v>
+      </c>
       <c r="E293" s="3" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G293" s="3">
-        <v>292000</v>
+        <v>150000</v>
       </c>
       <c r="H293" s="3"/>
       <c r="I293" s="3" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
         <v>238</v>
       </c>
       <c r="B294" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C294" s="3"/>
       <c r="D294" s="3"/>
       <c r="E294" s="3" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G294" s="3">
-        <v>319000</v>
+        <v>286000</v>
       </c>
       <c r="H294" s="3"/>
       <c r="I294" s="3" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
         <v>238</v>
       </c>
       <c r="B295" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C295" s="3"/>
       <c r="D295" s="3"/>
       <c r="E295" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G295" s="3">
-        <v>523000</v>
+        <v>292000</v>
       </c>
       <c r="H295" s="3"/>
       <c r="I295" s="3" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
         <v>238</v>
       </c>
       <c r="B296" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C296" s="3"/>
       <c r="D296" s="3"/>
       <c r="E296" s="3" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G296" s="3">
+        <v>319000</v>
       </c>
       <c r="H296" s="3"/>
       <c r="I296" s="3" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>24</v>
+        <v>238</v>
       </c>
       <c r="B297" t="s">
+        <v>718</v>
+      </c>
+      <c r="C297" s="3"/>
+      <c r="D297" s="3"/>
+      <c r="E297" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="F297" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G297" s="3">
+        <v>523000</v>
+      </c>
+      <c r="H297" s="3"/>
+      <c r="I297" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="C297" s="3"/>
-[...15 lines deleted...]
-      <c r="I297" s="3"/>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>24</v>
+        <v>238</v>
       </c>
       <c r="B298" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="C298" s="3"/>
-      <c r="D298" s="3" t="s">
+      <c r="D298" s="3"/>
+      <c r="E298" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="E298" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F298" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>44900</v>
+        <v>14</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>15</v>
       </c>
       <c r="H298" s="3"/>
-      <c r="I298" s="3"/>
+      <c r="I298" s="3" t="s">
+        <v>721</v>
+      </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
         <v>24</v>
       </c>
       <c r="B299" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C299" s="3"/>
-      <c r="D299" s="3"/>
+      <c r="D299" s="3" t="s">
+        <v>728</v>
+      </c>
       <c r="E299" s="3" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G299" s="3">
-        <v>134900</v>
-[...1 lines deleted...]
-      <c r="H299" s="3"/>
+        <v>37900</v>
+      </c>
+      <c r="H299" s="3" t="s">
+        <v>730</v>
+      </c>
       <c r="I299" s="3"/>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
         <v>24</v>
       </c>
       <c r="B300" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="C300" s="3"/>
-      <c r="D300" s="3"/>
+      <c r="D300" s="3" t="s">
+        <v>732</v>
+      </c>
       <c r="E300" s="3" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>52</v>
+      </c>
+      <c r="G300" s="3">
+        <v>44900</v>
       </c>
       <c r="H300" s="3"/>
       <c r="I300" s="3"/>
+    </row>
+    <row r="301" spans="1:9">
+      <c r="A301" t="s">
+        <v>24</v>
+      </c>
+      <c r="B301" t="s">
+        <v>731</v>
+      </c>
+      <c r="C301" s="3"/>
+      <c r="D301" s="3"/>
+      <c r="E301" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="F301" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G301" s="3">
+        <v>134900</v>
+      </c>
+      <c r="H301" s="3"/>
+      <c r="I301" s="3"/>
+    </row>
+    <row r="302" spans="1:9">
+      <c r="A302" t="s">
+        <v>24</v>
+      </c>
+      <c r="B302" t="s">
+        <v>731</v>
+      </c>
+      <c r="C302" s="3"/>
+      <c r="D302" s="3"/>
+      <c r="E302" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="F302" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="H302" s="3"/>
+      <c r="I302" s="3"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">